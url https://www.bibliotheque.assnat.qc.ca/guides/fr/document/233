--- v0 (2025-10-13)
+++ v1 (2025-12-15)
@@ -5,96 +5,96 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://assnatqc.sharepoint.com/sites/GED/MULTIDIR/2120-Guide Femme Parl/Section 5-Fonctions parlementaires et ministérielles/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="579" documentId="8_{34DA13B9-0C49-4A15-908D-372C1DFCFC7E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{BB7C7406-DA75-45C5-BEC9-A5F74ABF1886}"/>
+  <xr:revisionPtr revIDLastSave="711" documentId="8_{34DA13B9-0C49-4A15-908D-372C1DFCFC7E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{779BA996-BB4B-4A18-A37C-3167E08129CF}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{D8A96F4E-2AAA-4A04-BA59-14C11894177E}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{D8A96F4E-2AAA-4A04-BA59-14C11894177E}"/>
   </bookViews>
   <sheets>
     <sheet name="Feuil1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="cap" localSheetId="0">Feuil1!#REF!</definedName>
     <definedName name="capa" localSheetId="0">Feuil1!#REF!</definedName>
     <definedName name="cas" localSheetId="0">Feuil1!#REF!</definedName>
     <definedName name="cba" localSheetId="0">Feuil1!#REF!</definedName>
     <definedName name="cc" localSheetId="0">Feuil1!#REF!</definedName>
     <definedName name="cet" localSheetId="0">Feuil1!#REF!</definedName>
     <definedName name="cfp" localSheetId="0">Feuil1!#REF!</definedName>
     <definedName name="csss" localSheetId="0">Feuil1!#REF!</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="637" uniqueCount="168">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="692" uniqueCount="175">
   <si>
     <t>Fonctions parlementaires occupées par les femmes députées</t>
   </si>
   <si>
     <t>Nom,  Prénom</t>
   </si>
   <si>
     <t>Fonction parlementaire</t>
   </si>
   <si>
     <t xml:space="preserve">Appartenance politique </t>
   </si>
   <si>
     <t>Début du mandat</t>
   </si>
   <si>
     <t>Fin du mandat</t>
   </si>
   <si>
     <t>Anglade, Dominique</t>
   </si>
   <si>
     <t xml:space="preserve">Vice-première ministre </t>
   </si>
   <si>
@@ -181,53 +181,50 @@
   <si>
     <t>Vice-présidente de la Commission des finances publiques</t>
   </si>
   <si>
     <t>En cours</t>
   </si>
   <si>
     <t>Caron, Jocelyne</t>
   </si>
   <si>
     <t>Leader parlementaire adjointe du gouvernement</t>
   </si>
   <si>
     <t>Whip en chef du gouvernement</t>
   </si>
   <si>
     <t>Caron, Linda</t>
   </si>
   <si>
     <t>Carrier-Perreault, Denise</t>
   </si>
   <si>
     <t>Présidente de la Commission de l'économie et du travail</t>
   </si>
   <si>
-    <t>Vice-présidente de la Commission des affaires sociale</t>
-[...1 lines deleted...]
-  <si>
     <t>Champagne, Noëlla</t>
   </si>
   <si>
     <t>Charbonneau, Francine</t>
   </si>
   <si>
     <t xml:space="preserve">Vice-présidente de la Commission de la santé et des services sociaux </t>
   </si>
   <si>
     <t>Charest, Solange</t>
   </si>
   <si>
     <t xml:space="preserve">Vice-présidente de la Commission de l'éducation </t>
   </si>
   <si>
     <t xml:space="preserve">Vice-présidente de la Commission de l'administration publique </t>
   </si>
   <si>
     <t xml:space="preserve">Charlebois, Lucie </t>
   </si>
   <si>
     <t>Whip adjointe du gouvernement</t>
   </si>
   <si>
     <t>Whip adjointe de l'opposition officielle</t>
@@ -304,53 +301,50 @@
   <si>
     <t>Vice-présidente de la Commission de la culture</t>
   </si>
   <si>
     <t>Gagnon-Tremblay, Monique</t>
   </si>
   <si>
     <t>Présidente du caucus de l'opposition officielle</t>
   </si>
   <si>
     <t xml:space="preserve">Vice-présidente du Conseil du trésor </t>
   </si>
   <si>
     <t xml:space="preserve">Présidente de la Commission des affaires sociales </t>
   </si>
   <si>
     <t>Garceau, Brigitte B.</t>
   </si>
   <si>
     <t>Gaudreault, Maryse</t>
   </si>
   <si>
     <t>Présidente de la Commission spéciale sur la question de mourir dans la dignité</t>
   </si>
   <si>
-    <t>Troisième vice-présidente de l’Assemblée nationale</t>
-[...1 lines deleted...]
-  <si>
     <t>Ghazal, Ruba</t>
   </si>
   <si>
     <t>Whip du deuxième groupe d'opposition</t>
   </si>
   <si>
     <t>Québec solidaire</t>
   </si>
   <si>
     <t>Grondin, Agnès</t>
   </si>
   <si>
     <t>Guilbault, Geneviève</t>
   </si>
   <si>
     <t>Guillemette, Nancy</t>
   </si>
   <si>
     <t>Présidente de la Commission spéciale sur l'évolution de la Loi concernant les soins de fin de vie</t>
   </si>
   <si>
     <t>Harel, Louise</t>
   </si>
   <si>
     <t>Présidente de l'Assemblée nationale</t>
@@ -487,53 +481,50 @@
   <si>
     <t>Morissette, Catherine</t>
   </si>
   <si>
     <t>Nichols, Marie-Claude </t>
   </si>
   <si>
     <t>Normandeau, Nathalie</t>
   </si>
   <si>
     <t>Ouellet, Martine</t>
   </si>
   <si>
     <t>Perreault, Sarah</t>
   </si>
   <si>
     <t>Poirier, Carole</t>
   </si>
   <si>
     <t>Proulx, Suzanne</t>
   </si>
   <si>
     <t>Richard, Lorraine</t>
   </si>
   <si>
-    <t xml:space="preserve">Vice-présidente de la Commission de l’économie et du travail </t>
-[...1 lines deleted...]
-  <si>
     <t>Richard, Monique</t>
   </si>
   <si>
     <t>Rizqy, Marwah</t>
   </si>
   <si>
     <t>Robert, Hélène</t>
   </si>
   <si>
     <t>Rotiroti, Filomena</t>
   </si>
   <si>
     <t>Roy, Nathalie</t>
   </si>
   <si>
     <t>Présidente de la Commission de l'Assemblée nationale</t>
   </si>
   <si>
     <t>Présidente de la Sous-commission de la réforme parlementaire</t>
   </si>
   <si>
     <t>Roy, Sylvie</t>
   </si>
   <si>
     <t>Cheffe intérimaire</t>
@@ -554,50 +545,80 @@
     <t>Thériault, Lise</t>
   </si>
   <si>
     <t>Présidente de la Commission des institutions</t>
   </si>
   <si>
     <t>Vallée, Stéphanie</t>
   </si>
   <si>
     <t>Vermette, Cécile</t>
   </si>
   <si>
     <t>Vien, Dominique</t>
   </si>
   <si>
     <t>Zaga Mendez, Alejandra</t>
   </si>
   <si>
     <t>Zakaïb, Élaine</t>
   </si>
   <si>
     <t>Présidente du Conseil du trésor</t>
   </si>
   <si>
     <t xml:space="preserve">Vice-présidente de la Commission de l'agriculture, des pêcheries, de l'énergie et des ressources naturelles </t>
+  </si>
+  <si>
+    <t>Bogemans, Audrey</t>
+  </si>
+  <si>
+    <t>Duranceau, France-Élaine</t>
+  </si>
+  <si>
+    <t>Gendron, Marie-Belle</t>
+  </si>
+  <si>
+    <t>Lakhoyan Olivier, Sona</t>
+  </si>
+  <si>
+    <t>Cheffe du troisième groupe d'opposition</t>
+  </si>
+  <si>
+    <t>Roy, Suzanne</t>
+  </si>
+  <si>
+    <t>Setlakwe, Michelle</t>
+  </si>
+  <si>
+    <t>Troisième vice-présidente de l'Assemblée nationale</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vice-présidente de la Commission de l'économie et du travail </t>
+  </si>
+  <si>
+    <t>Vice-présidente de la Commission des affaires sociales</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -657,104 +678,107 @@
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="20">
+  <cellXfs count="21">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="15" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Lien hypertexte" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="8">
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <name val="Arial"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="19" formatCode="yyyy/mm/dd"/>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
@@ -859,91 +883,91 @@
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>83375</xdr:colOff>
+      <xdr:colOff>86550</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>526365</xdr:rowOff>
+      <xdr:rowOff>523190</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Image 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B1F29C9A-E295-449B-8EEF-FB5FD14BD0D0}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1909000" cy="523190"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{B7AD2A21-9BF3-498C-9223-8D30BCA5E08F}" name="Tableau1" displayName="Tableau1" ref="A2:E206" totalsRowShown="0" headerRowDxfId="7" dataDxfId="5" headerRowBorderDxfId="6">
-  <autoFilter ref="A2:E206" xr:uid="{60601CA9-3C7A-4BB2-B5A4-CA7FFBE36617}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{B7AD2A21-9BF3-498C-9223-8D30BCA5E08F}" name="Tableau1" displayName="Tableau1" ref="A2:E223" totalsRowShown="0" headerRowDxfId="7" dataDxfId="5" headerRowBorderDxfId="6">
+  <autoFilter ref="A2:E223" xr:uid="{60601CA9-3C7A-4BB2-B5A4-CA7FFBE36617}"/>
   <tableColumns count="5">
     <tableColumn id="6" xr3:uid="{02CF6487-6CB0-4066-9BEE-6CE3270EAE12}" name="Nom,  Prénom" dataDxfId="4" dataCellStyle="Lien hypertexte"/>
     <tableColumn id="1" xr3:uid="{B5273839-3F9C-492D-AE06-6138BE93BF5F}" name="Fonction parlementaire" dataDxfId="3"/>
     <tableColumn id="3" xr3:uid="{EE1CE5C9-1689-4648-8A64-83B1B2824953}" name="Appartenance politique " dataDxfId="2"/>
     <tableColumn id="4" xr3:uid="{B56BD5A3-166D-4D7D-BF36-25FED088AABA}" name="Début du mandat" dataDxfId="1"/>
     <tableColumn id="5" xr3:uid="{F5E468A5-52CC-4D57-ACB4-ACB36E17412B}" name="Fin du mandat" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight11" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office 2013 – 2022">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
@@ -1207,93 +1231,93 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/charbonneau-francine-635/index.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/leger-nicole-63/index.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lavoie-roux-therese-4045/index.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/proulx-suzanne-12235/index.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/belanger-madeleine-1973/index.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/doyer-danielle-91/index.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/isabelle-claire-17939/index.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/charest-solange-2521/index.html" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/masse-manon-15421/index.html" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/charlebois-lucie-1017/index.html" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/theriault-lise-1355/index.html" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/ghazal-ruba-17933/index.html" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/d-amours-sylvie-15399/index.html" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/roy-sylvie-1201/index.html" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/houda-pepin-fatima-61/index.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lemieux-diane-4157/index.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/rotiroti-filomena-1171/index.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/vermette-cecile-5695/index.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/houda-pepin-fatima-61/index.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/dansereau-suzanne-17907/index.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/sauve-monique-16493/index.html" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/theriault-lise-1355/index.html" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/bacon-lise-1807/biographie.html" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/maltais-agnes-57/index.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/anglade-dominique-16499/index.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/de-santis-rita-lc-12217/index.html" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gaudreault-maryse-959/index.html" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/montpetit-marie-15369/index.html" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/roy-nathalie-12187/index.html" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/rizqy-marwah-17883/index.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/leger-nicole-63/index.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/menard-nicole-113/index.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/index.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/hivon-veronique-27/index.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/belanger-madeleine-1973/index.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/l-ecuyer-charlotte-51/index.html" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/melancon-isabelle-16779/index.html" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/guillemette-nancy-18247/index.html" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/jerome-forget-monique-3707/index.html" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/charlebois-lucie-1017/index.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/carrier-perreault-denise-2437/index.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/maltais-agnes-57/index.html" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/theriault-lise-1355/index.html" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/dionne-amelie-19273/index.html" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/labrie-christine-17889/index.html" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/patrimoine/leaders.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/roy-sylvie-1201/index.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/charest-solange-2521/index.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/doyer-danielle-91/index.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/chasse-mariechantal-17865/index.html" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gaudreault-maryse-959/index.html" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/index.html" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/anglade-dominique-16499/index.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/beaudoin-denise-727/index.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/malavoy-marie-255/index.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/richard-lorraine-287/index.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/dionne-marsolais-rita-2915/index.html" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lachapelle-huguette-3847/index.html" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lebel-sonia-17847/index.html" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/guillemette-nancy-18247/index.html" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/rotiroti-filomena-1171/index.html" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/zaga-mendez-alejandra-19263/index.html" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/d-amours-sylvie-15399/index.html" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lachapelle-huguette-3847/index.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/leger-nicole-63/index.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/menard-nicole-113/index.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/david-helene-15379/index.html" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/nichols-marie-claude-15439/index.html" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/richard-lorraine-287/index.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/carrier-perreault-denise-2437/index.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/bouille-marie-155/index.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/carrier-perreault-denise-2437/index.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lemieux-diane-4157/index.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/hovington-claire-helene-3671/index.html" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/courchesne-michelle-859/biographie.html" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/maltais-agnes-57/index.html" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/theriault-lise-1355/index.html" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/labrie-christine-17889/index.html" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/dufour-virginie-19287/index.html" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/patrimoine/leaders.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/roy-sylvie-1201/index.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/robert-helene-5113/index.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gaudreault-maryse-959/index.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/richard-monique-409/index.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/st-pierre-christine-1235/index.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/frulla-liza-3285/index.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lapointe-linda-5883/index.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/cuerrier-louise-2723/index.html" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/guilbault-genevieve-16885/index.html" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/normandeau-nathalie-1063/index.html" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/leger-nicole-63/index.html" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/maltais-agnes-57/index.html" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/cadet-madwa-nika-19261/index.html" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/guillemette-nancy-18247/index.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/caron-jocelyne-2411/index.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/champagne-noella-229/index.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/vien-dominique-191/index.html" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lecours-lucie-17949/index.html" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/zakaib-elaine-12197/biographie.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/leger-nicole-63/index.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/poirier-carole-9/index.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/dionne-marsolais-rita-2915/index.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/beaudoin-louise-293/index.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/belanger-madeleine-1973/index.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/blackburn-jeanne-l-2113/index.html" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lavallee-lise-15389/index.html" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/hebert-genevieve-17877/index.html" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/charlebois-lucie-1017/index.html" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/anglade-dominique-16499/index.html" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/maccarone-jennifer-17911/index.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/montpetit-marie-15369/index.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/morissette-catherine-5895/index.html" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/melancon-isabelle-16779/index.html" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/dufour-virginie-19287/index.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/leger-nicole-63/index.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/patrimoine/leaders.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/rotiroti-filomena-1171/index.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/richard-lorraine-287/index.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/vermette-cecile-5695/index.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/vien-dominique-191/index.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/anglade-dominique-16499/index.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/begin-louise-1949/index.html" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/beauchamp-line-663/index.html" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/maltais-agnes-57/index.html" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/caron-linda-19313/index.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/caron-jocelyne-2411/index.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/l-ecuyer-charlotte-51/index.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/boulet-julie-649/index.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/st-pierre-christine-1235/index.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/dionne-marsolais-rita-2915/index.html" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/index.html" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/menard-nicole-113/index.html" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lecours-lucie-17949/index.html" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/boutin-joelle-18561/biographie.html" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/hebert-genevieve-17877/index.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/poirier-carole-9/biographie.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/hivon-veronique-27/index.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/robert-helene-5113/index.html" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lecours-lucie-17949/index.html" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/charlebois-lucie-1017/index.html" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/charbonneau-francine-635/index.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/leger-nicole-63/index.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/perreault-sarah-5829/index.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/bacon-lise-1807/index.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/richard-lorraine-287/index.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/belanger-madeleine-1973/index.html" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/masse-manon-15421/index.html" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/theriault-lise-1355/index.html" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/garceau-brigitte-b-19271/index.html" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/maccarone-jennifer-17911/index.html" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/roy-nathalie-12187/index.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/roy-sylvie-1201/index.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/roy-nathalie-12187/index.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/vermette-cecile-5695/index.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/leblanc-diane-4075/index.html" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/courchesne-michelle-859/index.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lemieux-diane-4157/index.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/rotiroti-filomena-1171/index.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/doyer-danielle-91/index.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/ouellet-martine-8431/index.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/de-santis-rita-lc-12217/index.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/rotiroti-filomena-1171/index.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/vien-dominique-191/index.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/blais-marguerite-1263/index.html" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/index.html" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/maltais-agnes-57/index.html" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/masse-manon-15421/index.html" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/d-amours-sylvie-15399/index.html" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/dionne-amelie-19273/index.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/index.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/charlebois-lucie-1017/index.html" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/roy-nathalie-12187/index.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/menard-nicole-113/index.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/charbonneau-francine-635/index.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/leger-nicole-63/index.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lavoie-roux-therese-4045/index.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/belanger-madeleine-1973/index.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/isabelle-claire-17939/index.html" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/charlebois-lucie-1017/index.html" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/d-amours-sylvie-15399/index.html" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/bogemans-audrey-19325/index.html" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/roy-suzanne-19265/index.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/roy-sylvie-1201/index.html" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/houda-pepin-fatima-61/index.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lemieux-diane-4157/index.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/rotiroti-filomena-1171/index.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/vermette-cecile-5695/index.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/houda-pepin-fatima-61/index.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/dansereau-suzanne-17907/index.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/sauve-monique-16493/index.html" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/theriault-lise-1355/index.html" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/bacon-lise-1807/biographie.html" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/maltais-agnes-57/index.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/anglade-dominique-16499/index.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/de-santis-rita-lc-12217/index.html" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gaudreault-maryse-959/index.html" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/montpetit-marie-15369/index.html" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/roy-nathalie-12187/index.html" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/rizqy-marwah-17883/index.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/leger-nicole-63/index.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/menard-nicole-113/index.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/index.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/hivon-veronique-27/index.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/belanger-madeleine-1973/index.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/l-ecuyer-charlotte-51/index.html" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/melancon-isabelle-16779/index.html" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/guillemette-nancy-18247/index.html" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/jerome-forget-monique-3707/index.html" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/charlebois-lucie-1017/index.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/carrier-perreault-denise-2437/index.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/maltais-agnes-57/index.html" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/theriault-lise-1355/index.html" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/dionne-amelie-19273/index.html" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/labrie-christine-17889/index.html" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/caron-linda-19313/index.html" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/ghazal-ruba-17933/index.html" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/setlakwe-michelle-19285/index.html" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/nichols-marie-claude-15439/index.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/patrimoine/leaders.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/roy-sylvie-1201/index.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/charest-solange-2521/index.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/doyer-danielle-91/index.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/chasse-mariechantal-17865/index.html" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gaudreault-maryse-959/index.html" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/index.html" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/anglade-dominique-16499/index.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/beaudoin-denise-727/index.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/malavoy-marie-255/index.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/richard-lorraine-287/index.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/dionne-marsolais-rita-2915/index.html" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lachapelle-huguette-3847/index.html" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lebel-sonia-17847/index.html" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/guillemette-nancy-18247/index.html" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/rotiroti-filomena-1171/index.html" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/zaga-mendez-alejandra-19263/index.html" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/d-amours-sylvie-15399/index.html" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lachapelle-huguette-3847/index.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/leger-nicole-63/index.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/menard-nicole-113/index.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/david-helene-15379/index.html" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/nichols-marie-claude-15439/index.html" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/richard-lorraine-287/index.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/carrier-perreault-denise-2437/index.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/bouille-marie-155/index.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/carrier-perreault-denise-2437/index.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lemieux-diane-4157/index.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/hovington-claire-helene-3671/index.html" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/courchesne-michelle-859/biographie.html" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/maltais-agnes-57/index.html" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/theriault-lise-1355/index.html" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/labrie-christine-17889/index.html" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/lakhoyan-olivier-sona-19295/index.html" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/dufour-virginie-19287/index.html" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/duranceau-france-elaine-19257/index.html" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/rizqy-marwah-17883/index.html" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/setlakwe-michelle-19285/index.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/patrimoine/leaders.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/roy-sylvie-1201/index.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/robert-helene-5113/index.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gaudreault-maryse-959/index.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/richard-monique-409/index.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/st-pierre-christine-1235/index.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/frulla-liza-3285/index.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lapointe-linda-5883/index.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/cuerrier-louise-2723/index.html" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/guilbault-genevieve-16885/index.html" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/normandeau-nathalie-1063/index.html" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/leger-nicole-63/index.html" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/maltais-agnes-57/index.html" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/cadet-madwa-nika-19261/index.html" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/guillemette-nancy-18247/index.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/caron-jocelyne-2411/index.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/champagne-noella-229/index.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/vien-dominique-191/index.html" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lecours-lucie-17949/index.html" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/zakaib-elaine-12197/biographie.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/leger-nicole-63/index.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/poirier-carole-9/index.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/dionne-marsolais-rita-2915/index.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/beaudoin-louise-293/index.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/belanger-madeleine-1973/index.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/blackburn-jeanne-l-2113/index.html" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lavallee-lise-15389/index.html" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/hebert-genevieve-17877/index.html" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/charlebois-lucie-1017/index.html" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/anglade-dominique-16499/index.html" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/maccarone-jennifer-17911/index.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/montpetit-marie-15369/index.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/morissette-catherine-5895/index.html" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/melancon-isabelle-16779/index.html" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/dufour-virginie-19287/index.html" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/garceau-brigitte-b-19271/index.html" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lebel-sonia-17847/index.html" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/rotiroti-filomena-1171/index.html" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/leger-nicole-63/index.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/patrimoine/leaders.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/rotiroti-filomena-1171/index.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/richard-lorraine-287/index.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/vermette-cecile-5695/index.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/vien-dominique-191/index.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/anglade-dominique-16499/index.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/begin-louise-1949/index.html" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/beauchamp-line-663/index.html" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/maltais-agnes-57/index.html" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/caron-linda-19313/index.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/caron-jocelyne-2411/index.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/l-ecuyer-charlotte-51/index.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/boulet-julie-649/index.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/st-pierre-christine-1235/index.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/dionne-marsolais-rita-2915/index.html" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/index.html" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/menard-nicole-113/index.html" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lecours-lucie-17949/index.html" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/boutin-joelle-18561/biographie.html" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/hebert-genevieve-17877/index.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/poirier-carole-9/biographie.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/hivon-veronique-27/index.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/robert-helene-5113/index.html" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lecours-lucie-17949/index.html" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/charlebois-lucie-1017/index.html" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/charbonneau-francine-635/index.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/leger-nicole-63/index.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/perreault-sarah-5829/index.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/bacon-lise-1807/index.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/richard-lorraine-287/index.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/belanger-madeleine-1973/index.html" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/masse-manon-15421/index.html" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/theriault-lise-1355/index.html" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/garceau-brigitte-b-19271/index.html" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/maccarone-jennifer-17911/index.html" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/garceau-brigitte-b-19271/index.html" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/roy-nathalie-12187/index.html" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/rotiroti-filomena-1171/index.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/roy-sylvie-1201/index.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/roy-nathalie-12187/index.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/vermette-cecile-5695/index.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/leblanc-diane-4075/index.html" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/courchesne-michelle-859/index.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lemieux-diane-4157/index.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/rotiroti-filomena-1171/index.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/doyer-danielle-91/index.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/ouellet-martine-8431/index.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/de-santis-rita-lc-12217/index.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/rotiroti-filomena-1171/index.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/vien-dominique-191/index.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/blais-marguerite-1263/index.html" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/index.html" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/maltais-agnes-57/index.html" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/masse-manon-15421/index.html" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/d-amours-sylvie-15399/index.html" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/dionne-amelie-19273/index.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/index.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/charlebois-lucie-1017/index.html" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/roy-nathalie-12187/index.html" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/menard-nicole-113/index.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/proulx-suzanne-12235/index.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/doyer-danielle-91/index.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/charest-solange-2521/index.html" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/masse-manon-15421/index.html" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/theriault-lise-1355/index.html" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/ghazal-ruba-17933/index.html" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/gendron-marie-belle-19293/index.html" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/maccarone-jennifer-17911/index.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EFDB7CCA-378C-457C-A42D-FCDFF02FBA90}">
-  <dimension ref="A1:O496"/>
+  <dimension ref="A1:O513"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="B207" sqref="B207"/>
+    <sheetView tabSelected="1" topLeftCell="A21" workbookViewId="0">
+      <selection activeCell="B31" sqref="B31"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="26.140625" customWidth="1"/>
     <col min="2" max="2" width="31.85546875" style="3" customWidth="1"/>
     <col min="3" max="3" width="22.7109375" style="3" customWidth="1"/>
     <col min="4" max="4" width="17.7109375" style="3" customWidth="1"/>
     <col min="5" max="5" width="21.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="50.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="19" t="s">
+      <c r="A1" s="20" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="19"/>
-[...2 lines deleted...]
-      <c r="E1" s="19"/>
+      <c r="B1" s="20"/>
+      <c r="C1" s="20"/>
+      <c r="D1" s="20"/>
+      <c r="E1" s="20"/>
     </row>
     <row r="2" spans="1:6" ht="26.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="17" t="s">
+      <c r="A2" s="16" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="17" t="s">
+      <c r="B2" s="16" t="s">
         <v>2</v>
       </c>
-      <c r="C2" s="17" t="s">
+      <c r="C2" s="16" t="s">
         <v>3</v>
       </c>
-      <c r="D2" s="17" t="s">
+      <c r="D2" s="16" t="s">
         <v>4</v>
       </c>
-      <c r="E2" s="18" t="s">
+      <c r="E2" s="17" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="11" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="7" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="7" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="15">
         <v>43019</v>
       </c>
       <c r="E3" s="8">
         <v>43335</v>
       </c>
     </row>
     <row r="4" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A4" s="11" t="s">
         <v>6</v>
       </c>
       <c r="B4" s="7" t="s">
@@ -1538,3766 +1562,4020 @@
         <v>35136</v>
       </c>
       <c r="E17" s="8">
         <v>36096</v>
       </c>
       <c r="F17" s="1"/>
     </row>
     <row r="18" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
       <c r="A18" s="11" t="s">
         <v>26</v>
       </c>
       <c r="B18" s="7" t="s">
         <v>27</v>
       </c>
       <c r="C18" s="7" t="s">
         <v>28</v>
       </c>
       <c r="D18" s="8">
         <v>41792</v>
       </c>
       <c r="E18" s="15">
         <v>42262</v>
       </c>
       <c r="F18" s="1"/>
     </row>
-    <row r="19" spans="1:6" ht="57" x14ac:dyDescent="0.25">
-      <c r="A19" s="14" t="s">
+    <row r="19" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="A19" s="11" t="s">
+        <v>165</v>
+      </c>
+      <c r="B19" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C19" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="D19" s="8">
+        <v>45922</v>
+      </c>
+      <c r="E19" s="15" t="s">
+        <v>36</v>
+      </c>
+      <c r="F19" s="1"/>
+    </row>
+    <row r="20" spans="1:6" ht="57" x14ac:dyDescent="0.25">
+      <c r="A20" s="14" t="s">
         <v>29</v>
       </c>
-      <c r="B19" s="7" t="s">
+      <c r="B20" s="7" t="s">
         <v>30</v>
       </c>
-      <c r="C19" s="7" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="C20" s="7" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="D20" s="8">
         <v>41220</v>
       </c>
-      <c r="E20" s="15">
+      <c r="E20" s="8">
         <v>41703</v>
       </c>
       <c r="F20" s="1"/>
     </row>
     <row r="21" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
       <c r="A21" s="11" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="B21" s="7" t="s">
         <v>32</v>
       </c>
       <c r="C21" s="7" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="D21" s="8">
-        <v>44294</v>
+        <v>41220</v>
       </c>
       <c r="E21" s="15">
-        <v>44801</v>
+        <v>41703</v>
       </c>
       <c r="F21" s="1"/>
     </row>
     <row r="22" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
       <c r="A22" s="11" t="s">
+        <v>33</v>
+      </c>
+      <c r="B22" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C22" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="D22" s="8">
+        <v>44294</v>
+      </c>
+      <c r="E22" s="15">
+        <v>44801</v>
+      </c>
+      <c r="F22" s="1"/>
+    </row>
+    <row r="23" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="A23" s="11" t="s">
         <v>34</v>
       </c>
-      <c r="B22" s="7" t="s">
+      <c r="B23" s="7" t="s">
         <v>35</v>
       </c>
-      <c r="C22" s="7" t="s">
-[...2 lines deleted...]
-      <c r="D22" s="8">
+      <c r="C23" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D23" s="8">
         <v>44901</v>
       </c>
-      <c r="E22" s="15" t="s">
+      <c r="E23" s="15" t="s">
         <v>36</v>
       </c>
-      <c r="F22" s="1"/>
-[...16 lines deleted...]
-      </c>
       <c r="F23" s="1"/>
     </row>
-    <row r="24" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A24" s="12" t="s">
         <v>37</v>
       </c>
       <c r="B24" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="C24" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D24" s="15">
+        <v>35167</v>
+      </c>
+      <c r="E24" s="15">
+        <v>35667</v>
+      </c>
+      <c r="F24" s="1"/>
+    </row>
+    <row r="25" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A25" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="B25" s="7" t="s">
         <v>39</v>
       </c>
-      <c r="C24" s="7" t="s">
-[...2 lines deleted...]
-      <c r="D24" s="8">
+      <c r="C25" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D25" s="8">
         <v>35667</v>
       </c>
-      <c r="E24" s="8">
+      <c r="E25" s="8">
         <v>36958</v>
       </c>
-      <c r="F24" s="1"/>
-[...2 lines deleted...]
-      <c r="A25" s="12" t="s">
+      <c r="F25" s="1"/>
+    </row>
+    <row r="26" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="A26" s="12" t="s">
         <v>40</v>
       </c>
-      <c r="B25" s="7" t="s">
+      <c r="B26" s="7" t="s">
         <v>27</v>
       </c>
-      <c r="C25" s="7" t="s">
-[...2 lines deleted...]
-      <c r="D25" s="8">
+      <c r="C26" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D26" s="8">
         <v>44901</v>
       </c>
-      <c r="E25" s="8" t="s">
+      <c r="E26" s="8">
+        <v>45845</v>
+      </c>
+      <c r="F26" s="1"/>
+    </row>
+    <row r="27" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="A27" s="12" t="s">
+        <v>40</v>
+      </c>
+      <c r="B27" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="C27" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D27" s="8">
+        <v>45845</v>
+      </c>
+      <c r="E27" s="8" t="s">
         <v>36</v>
       </c>
-      <c r="F25" s="1"/>
-[...2 lines deleted...]
-      <c r="A26" s="13" t="s">
+      <c r="F27" s="1"/>
+    </row>
+    <row r="28" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="A28" s="13" t="s">
         <v>41</v>
       </c>
-      <c r="B26" s="7" t="s">
+      <c r="B28" s="7" t="s">
         <v>12</v>
       </c>
-      <c r="C26" s="7" t="s">
-[...2 lines deleted...]
-      <c r="D26" s="8">
+      <c r="C28" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D28" s="8">
         <v>34669</v>
       </c>
-      <c r="E26" s="15">
+      <c r="E28" s="15">
         <v>35093</v>
       </c>
-      <c r="F26" s="1"/>
-[...2 lines deleted...]
-      <c r="A27" s="11" t="s">
+      <c r="F28" s="1"/>
+    </row>
+    <row r="29" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A29" s="11" t="s">
         <v>41</v>
       </c>
-      <c r="B27" s="7" t="s">
+      <c r="B29" s="7" t="s">
         <v>42</v>
       </c>
-      <c r="C27" s="7" t="s">
-[...2 lines deleted...]
-      <c r="D27" s="8">
+      <c r="C29" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D29" s="8">
         <v>36223</v>
       </c>
-      <c r="E27" s="15">
+      <c r="E29" s="15">
         <v>36977</v>
       </c>
-      <c r="F27" s="1"/>
-[...2 lines deleted...]
-      <c r="A28" s="11" t="s">
+      <c r="F29" s="1"/>
+    </row>
+    <row r="30" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="A30" s="11" t="s">
         <v>41</v>
       </c>
-      <c r="B28" s="7" t="s">
+      <c r="B30" s="7" t="s">
+        <v>174</v>
+      </c>
+      <c r="C30" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D30" s="8">
+        <v>37328</v>
+      </c>
+      <c r="E30" s="8">
+        <v>37692</v>
+      </c>
+      <c r="F30" s="1"/>
+    </row>
+    <row r="31" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A31" s="12" t="s">
         <v>43</v>
       </c>
-      <c r="C28" s="7" t="s">
-[...14 lines deleted...]
-      <c r="B29" s="7" t="s">
+      <c r="B31" s="7" t="s">
         <v>23</v>
       </c>
-      <c r="C29" s="7" t="s">
-[...2 lines deleted...]
-      <c r="D29" s="8">
+      <c r="C31" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D31" s="8">
         <v>41220</v>
       </c>
-      <c r="E29" s="15">
+      <c r="E31" s="15">
         <v>41703</v>
-      </c>
-[...34 lines deleted...]
-        <v>44801</v>
       </c>
       <c r="F31" s="1"/>
     </row>
     <row r="32" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A32" s="11" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="B32" s="7" t="s">
-        <v>48</v>
+        <v>23</v>
       </c>
       <c r="C32" s="7" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="D32" s="8">
-        <v>36223</v>
+        <v>43726</v>
       </c>
       <c r="E32" s="15">
-        <v>36852</v>
+        <v>43999</v>
       </c>
       <c r="F32" s="1"/>
     </row>
     <row r="33" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
       <c r="A33" s="11" t="s">
+        <v>44</v>
+      </c>
+      <c r="B33" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="C33" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D33" s="8">
+        <v>43999</v>
+      </c>
+      <c r="E33" s="8">
+        <v>44801</v>
+      </c>
+      <c r="F33" s="1"/>
+    </row>
+    <row r="34" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A34" s="11" t="s">
+        <v>46</v>
+      </c>
+      <c r="B34" s="7" t="s">
         <v>47</v>
       </c>
-      <c r="B33" s="7" t="s">
+      <c r="C34" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D34" s="8">
+        <v>36223</v>
+      </c>
+      <c r="E34" s="15">
+        <v>36852</v>
+      </c>
+      <c r="F34" s="1"/>
+    </row>
+    <row r="35" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="A35" s="11" t="s">
+        <v>46</v>
+      </c>
+      <c r="B35" s="7" t="s">
+        <v>48</v>
+      </c>
+      <c r="C35" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D35" s="8">
+        <v>36853</v>
+      </c>
+      <c r="E35" s="8">
+        <v>36959</v>
+      </c>
+      <c r="F35" s="6"/>
+    </row>
+    <row r="36" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A36" s="12" t="s">
         <v>49</v>
       </c>
-      <c r="C33" s="7" t="s">
-[...11 lines deleted...]
-      <c r="A34" s="12" t="s">
+      <c r="B36" s="7" t="s">
         <v>50</v>
       </c>
-      <c r="B34" s="7" t="s">
+      <c r="C36" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D36" s="8">
+        <v>38406</v>
+      </c>
+      <c r="E36" s="8">
+        <v>39134</v>
+      </c>
+      <c r="F36" s="1"/>
+    </row>
+    <row r="37" spans="1:6" ht="32.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="12" t="s">
+        <v>49</v>
+      </c>
+      <c r="B37" s="7" t="s">
+        <v>50</v>
+      </c>
+      <c r="C37" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D37" s="8">
+        <v>39176</v>
+      </c>
+      <c r="E37" s="8">
+        <v>39757</v>
+      </c>
+      <c r="F37" s="1"/>
+    </row>
+    <row r="38" spans="1:6" ht="32.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="12" t="s">
+        <v>49</v>
+      </c>
+      <c r="B38" s="7" t="s">
+        <v>50</v>
+      </c>
+      <c r="C38" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D38" s="8">
+        <v>39800</v>
+      </c>
+      <c r="E38" s="8">
+        <v>40576</v>
+      </c>
+      <c r="F38" s="1"/>
+    </row>
+    <row r="39" spans="1:6" ht="42" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="12" t="s">
+        <v>49</v>
+      </c>
+      <c r="B39" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C39" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D39" s="8">
+        <v>40942</v>
+      </c>
+      <c r="E39" s="8">
+        <v>41122</v>
+      </c>
+      <c r="F39" s="1"/>
+    </row>
+    <row r="40" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A40" s="12" t="s">
+        <v>49</v>
+      </c>
+      <c r="B40" s="7" t="s">
         <v>51</v>
       </c>
-      <c r="C34" s="7" t="s">
-[...68 lines deleted...]
-      <c r="B38" s="7" t="s">
+      <c r="C40" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D40" s="8">
+        <v>41163</v>
+      </c>
+      <c r="E40" s="8">
+        <v>41703</v>
+      </c>
+      <c r="F40" s="1"/>
+    </row>
+    <row r="41" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A41" s="11" t="s">
         <v>52</v>
       </c>
-      <c r="C38" s="7" t="s">
-[...11 lines deleted...]
-      <c r="A39" s="11" t="s">
+      <c r="B41" s="7" t="s">
         <v>53</v>
       </c>
-      <c r="B39" s="7" t="s">
+      <c r="C41" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="D41" s="8">
+        <v>43502</v>
+      </c>
+      <c r="E41" s="8">
+        <v>44090</v>
+      </c>
+      <c r="F41" s="1"/>
+    </row>
+    <row r="42" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A42" s="11" t="s">
         <v>54</v>
       </c>
-      <c r="C39" s="7" t="s">
-[...20 lines deleted...]
-      <c r="D40" s="8">
+      <c r="B42" s="7" t="s">
+        <v>163</v>
+      </c>
+      <c r="C42" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D42" s="8">
         <v>40401</v>
       </c>
-      <c r="E40" s="15">
+      <c r="E42" s="15">
         <v>41171</v>
       </c>
-      <c r="F40" s="4"/>
-[...5 lines deleted...]
-      <c r="B41" s="7" t="s">
+      <c r="F42" s="4"/>
+    </row>
+    <row r="43" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A43" s="11" t="s">
+        <v>54</v>
+      </c>
+      <c r="B43" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C41" s="7" t="s">
-[...2 lines deleted...]
-      <c r="D41" s="15">
+      <c r="C43" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D43" s="15">
         <v>41043</v>
       </c>
-      <c r="E41" s="8">
+      <c r="E43" s="8">
         <v>41171</v>
-      </c>
-[...34 lines deleted...]
-        <v>44801</v>
       </c>
       <c r="F43" s="1"/>
     </row>
     <row r="44" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A44" s="11" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="B44" s="7" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="C44" s="7" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="D44" s="8">
-        <v>44901</v>
-[...2 lines deleted...]
-        <v>45603</v>
+        <v>28108</v>
+      </c>
+      <c r="E44" s="15">
+        <v>29725</v>
       </c>
       <c r="F44" s="1"/>
     </row>
     <row r="45" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A45" s="11" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="B45" s="7" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="C45" s="7" t="s">
         <v>28</v>
       </c>
       <c r="D45" s="8">
+        <v>44253</v>
+      </c>
+      <c r="E45" s="15">
+        <v>44801</v>
+      </c>
+      <c r="F45" s="1"/>
+    </row>
+    <row r="46" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A46" s="11" t="s">
+        <v>56</v>
+      </c>
+      <c r="B46" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C46" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="D46" s="8">
+        <v>44901</v>
+      </c>
+      <c r="E46" s="8">
         <v>45603</v>
       </c>
-      <c r="E45" s="15" t="s">
+      <c r="F46" s="1"/>
+    </row>
+    <row r="47" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A47" s="11" t="s">
+        <v>56</v>
+      </c>
+      <c r="B47" s="7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C47" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="D47" s="8">
+        <v>45603</v>
+      </c>
+      <c r="E47" s="15" t="s">
         <v>36</v>
       </c>
-      <c r="F45" s="1"/>
-[...2 lines deleted...]
-      <c r="A46" s="12" t="s">
+      <c r="F47" s="1"/>
+    </row>
+    <row r="48" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="A48" s="12" t="s">
+        <v>58</v>
+      </c>
+      <c r="B48" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C48" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="D48" s="8">
+        <v>43438</v>
+      </c>
+      <c r="E48" s="15">
+        <v>43725</v>
+      </c>
+      <c r="F48" s="1"/>
+    </row>
+    <row r="49" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="A49" s="11" t="s">
         <v>59</v>
       </c>
-      <c r="B46" s="7" t="s">
-[...2 lines deleted...]
-      <c r="C46" s="10" t="s">
+      <c r="B49" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="C49" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D49" s="8">
+        <v>43438</v>
+      </c>
+      <c r="E49" s="8">
+        <v>43999</v>
+      </c>
+      <c r="F49" s="1"/>
+    </row>
+    <row r="50" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A50" s="11" t="s">
+        <v>60</v>
+      </c>
+      <c r="B50" s="7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C50" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D50" s="8">
+        <v>43027</v>
+      </c>
+      <c r="E50" s="15">
+        <v>43335</v>
+      </c>
+      <c r="F50" s="1"/>
+    </row>
+    <row r="51" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A51" s="11" t="s">
+        <v>60</v>
+      </c>
+      <c r="B51" s="7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C51" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D51" s="8">
+        <v>43027</v>
+      </c>
+      <c r="E51" s="8">
+        <v>43335</v>
+      </c>
+      <c r="F51" s="1"/>
+    </row>
+    <row r="52" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="A52" s="11" t="s">
+        <v>62</v>
+      </c>
+      <c r="B52" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C52" s="7" t="s">
         <v>28</v>
       </c>
-      <c r="D46" s="8">
-[...29 lines deleted...]
-      <c r="B48" s="7" t="s">
+      <c r="D52" s="8">
+        <v>44901</v>
+      </c>
+      <c r="E52" s="8">
+        <v>45910</v>
+      </c>
+      <c r="F52" s="1"/>
+    </row>
+    <row r="53" spans="1:6" ht="71.25" x14ac:dyDescent="0.25">
+      <c r="A53" s="11" t="s">
         <v>62</v>
       </c>
-      <c r="C48" s="7" t="s">
-[...32 lines deleted...]
-      <c r="B50" s="7" t="s">
+      <c r="B53" s="7" t="s">
         <v>64</v>
       </c>
-      <c r="C50" s="7" t="s">
+      <c r="C53" s="7" t="s">
         <v>28</v>
       </c>
-      <c r="D50" s="8">
-[...17 lines deleted...]
-      <c r="D51" s="8">
+      <c r="D53" s="8">
         <v>45449</v>
       </c>
-      <c r="E51" s="8">
+      <c r="E53" s="8">
         <v>45806</v>
-      </c>
-[...34 lines deleted...]
-        <v>39134</v>
       </c>
       <c r="F53" s="1"/>
     </row>
     <row r="54" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A54" s="11" t="s">
+        <v>65</v>
+      </c>
+      <c r="B54" s="7" t="s">
         <v>66</v>
       </c>
-      <c r="B54" s="7" t="s">
+      <c r="C54" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D54" s="8">
+        <v>37131</v>
+      </c>
+      <c r="E54" s="15">
+        <v>37208</v>
+      </c>
+      <c r="F54" s="1"/>
+    </row>
+    <row r="55" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A55" s="12" t="s">
+        <v>65</v>
+      </c>
+      <c r="B55" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C55" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D55" s="8">
+        <v>37778</v>
+      </c>
+      <c r="E55" s="8">
+        <v>39134</v>
+      </c>
+      <c r="F55" s="1"/>
+    </row>
+    <row r="56" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A56" s="11" t="s">
+        <v>65</v>
+      </c>
+      <c r="B56" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="C54" s="7" t="s">
-[...2 lines deleted...]
-      <c r="D54" s="8">
+      <c r="C56" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D56" s="8">
         <v>39227</v>
       </c>
-      <c r="E54" s="15">
+      <c r="E56" s="15">
         <v>39757</v>
-      </c>
-[...34 lines deleted...]
-        <v>40050</v>
       </c>
       <c r="F56" s="1"/>
     </row>
     <row r="57" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
       <c r="A57" s="11" t="s">
+        <v>68</v>
+      </c>
+      <c r="B57" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C57" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D57" s="8">
+        <v>36977</v>
+      </c>
+      <c r="E57" s="15">
+        <v>37692</v>
+      </c>
+      <c r="F57" s="1"/>
+    </row>
+    <row r="58" spans="1:6" ht="57" x14ac:dyDescent="0.25">
+      <c r="A58" s="11" t="s">
+        <v>68</v>
+      </c>
+      <c r="B58" s="7" t="s">
         <v>69</v>
       </c>
-      <c r="B57" s="7" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="C58" s="7" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="D58" s="8">
-        <v>44879</v>
-[...2 lines deleted...]
-        <v>45148</v>
+        <v>39828</v>
+      </c>
+      <c r="E58" s="8">
+        <v>40050</v>
       </c>
       <c r="F58" s="1"/>
     </row>
     <row r="59" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
       <c r="A59" s="11" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="B59" s="7" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>70</v>
+      </c>
+      <c r="C59" s="9" t="s">
+        <v>16</v>
       </c>
       <c r="D59" s="8">
-        <v>45217</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>40052</v>
+      </c>
+      <c r="E59" s="8">
+        <v>41122</v>
       </c>
       <c r="F59" s="1"/>
     </row>
     <row r="60" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A60" s="11" t="s">
+        <v>71</v>
+      </c>
+      <c r="B60" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="C60" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D60" s="8">
+        <v>44879</v>
+      </c>
+      <c r="E60" s="15">
+        <v>45148</v>
+      </c>
+      <c r="F60" s="1"/>
+    </row>
+    <row r="61" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="A61" s="11" t="s">
+        <v>71</v>
+      </c>
+      <c r="B61" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="C61" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D61" s="8">
+        <v>45217</v>
+      </c>
+      <c r="E61" s="15" t="s">
+        <v>36</v>
+      </c>
+      <c r="F61" s="1"/>
+    </row>
+    <row r="62" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A62" s="18" t="s">
+        <v>166</v>
+      </c>
+      <c r="B62" s="19" t="s">
+        <v>163</v>
+      </c>
+      <c r="C62" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="D62" s="8">
+        <v>45910</v>
+      </c>
+      <c r="E62" s="15" t="s">
+        <v>36</v>
+      </c>
+      <c r="F62" s="1"/>
+    </row>
+    <row r="63" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A63" s="11" t="s">
+        <v>74</v>
+      </c>
+      <c r="B63" s="7" t="s">
         <v>75</v>
       </c>
-      <c r="B60" s="7" t="s">
+      <c r="C63" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D63" s="8">
+        <v>34669</v>
+      </c>
+      <c r="E63" s="15">
+        <v>36008</v>
+      </c>
+      <c r="F63" s="1"/>
+    </row>
+    <row r="64" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A64" s="12" t="s">
         <v>76</v>
       </c>
-      <c r="C60" s="7" t="s">
-[...11 lines deleted...]
-      <c r="A61" s="12" t="s">
+      <c r="B64" s="7" t="s">
         <v>77</v>
       </c>
-      <c r="B61" s="7" t="s">
+      <c r="C64" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D64" s="7">
+        <v>1994</v>
+      </c>
+      <c r="E64" s="7">
+        <v>1996</v>
+      </c>
+      <c r="F64" s="1"/>
+    </row>
+    <row r="65" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A65" s="13" t="s">
+        <v>76</v>
+      </c>
+      <c r="B65" s="7" t="s">
         <v>78</v>
       </c>
-      <c r="C61" s="7" t="s">
-[...20 lines deleted...]
-      <c r="D62" s="8">
+      <c r="C65" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D65" s="8">
         <v>32792</v>
       </c>
-      <c r="E62" s="15">
+      <c r="E65" s="15">
         <v>34345</v>
       </c>
-      <c r="F62" s="1"/>
-[...11 lines deleted...]
-      <c r="D63" s="8">
+      <c r="F65" s="1"/>
+    </row>
+    <row r="66" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A66" s="13" t="s">
+        <v>76</v>
+      </c>
+      <c r="B66" s="7" t="s">
+        <v>163</v>
+      </c>
+      <c r="C66" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D66" s="8">
         <v>34345</v>
       </c>
-      <c r="E63" s="15">
+      <c r="E66" s="15">
         <v>34603</v>
       </c>
-      <c r="F63" s="1"/>
-[...52 lines deleted...]
-      </c>
       <c r="F66" s="1"/>
     </row>
-    <row r="67" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>77</v>
+    <row r="67" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A67" s="11" t="s">
+        <v>76</v>
       </c>
       <c r="B67" s="7" t="s">
         <v>7</v>
       </c>
       <c r="C67" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="D67" s="15">
+      <c r="D67" s="8">
+        <v>34345</v>
+      </c>
+      <c r="E67" s="8">
+        <v>34603</v>
+      </c>
+      <c r="F67" s="1"/>
+    </row>
+    <row r="68" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A68" s="12" t="s">
+        <v>76</v>
+      </c>
+      <c r="B68" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="C68" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D68" s="15">
+        <v>35928</v>
+      </c>
+      <c r="E68" s="15">
+        <v>36096</v>
+      </c>
+      <c r="F68" s="1"/>
+    </row>
+    <row r="69" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A69" s="12" t="s">
+        <v>76</v>
+      </c>
+      <c r="B69" s="7" t="s">
+        <v>79</v>
+      </c>
+      <c r="C69" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D69" s="15">
+        <v>36223</v>
+      </c>
+      <c r="E69" s="15">
+        <v>37692</v>
+      </c>
+      <c r="F69" s="1"/>
+    </row>
+    <row r="70" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A70" s="12" t="s">
+        <v>76</v>
+      </c>
+      <c r="B70" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="C70" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D70" s="15">
         <v>37740</v>
       </c>
-      <c r="E67" s="8">
+      <c r="E70" s="8">
         <v>38401</v>
       </c>
-      <c r="F67" s="1"/>
-[...11 lines deleted...]
-      <c r="D68" s="8">
+      <c r="F70" s="1"/>
+    </row>
+    <row r="71" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A71" s="11" t="s">
+        <v>76</v>
+      </c>
+      <c r="B71" s="7" t="s">
+        <v>78</v>
+      </c>
+      <c r="C71" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D71" s="8">
         <v>38401</v>
       </c>
-      <c r="E68" s="15">
+      <c r="E71" s="15">
         <v>39800</v>
       </c>
-      <c r="F68" s="1"/>
-[...11 lines deleted...]
-      <c r="D69" s="8">
+      <c r="F71" s="1"/>
+    </row>
+    <row r="72" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A72" s="11" t="s">
+        <v>76</v>
+      </c>
+      <c r="B72" s="7" t="s">
+        <v>163</v>
+      </c>
+      <c r="C72" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D72" s="8">
         <v>39800</v>
       </c>
-      <c r="E69" s="15">
+      <c r="E72" s="15">
         <v>40400</v>
-      </c>
-[...52 lines deleted...]
-        <v>43431</v>
       </c>
       <c r="F72" s="1"/>
     </row>
     <row r="73" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A73" s="11" t="s">
+        <v>80</v>
+      </c>
+      <c r="B73" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D73" s="8">
+        <v>44901</v>
+      </c>
+      <c r="E73" s="15">
+        <v>45845</v>
+      </c>
+      <c r="F73" s="1"/>
+    </row>
+    <row r="74" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="A74" s="11" t="s">
+        <v>80</v>
+      </c>
+      <c r="B74" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="C74" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D74" s="8">
+        <v>45845</v>
+      </c>
+      <c r="E74" s="15">
+        <v>45996</v>
+      </c>
+      <c r="F74" s="1"/>
+    </row>
+    <row r="75" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A75" s="11" t="s">
+        <v>80</v>
+      </c>
+      <c r="B75" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D75" s="8">
+        <v>45996</v>
+      </c>
+      <c r="E75" s="15" t="s">
+        <v>36</v>
+      </c>
+      <c r="F75" s="1"/>
+    </row>
+    <row r="76" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="A76" s="11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B76" s="7" t="s">
         <v>82</v>
       </c>
-      <c r="B73" s="7" t="s">
-[...5 lines deleted...]
-      <c r="D73" s="8">
+      <c r="C76" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D76" s="8">
+        <v>40584</v>
+      </c>
+      <c r="E76" s="15">
+        <v>40990</v>
+      </c>
+      <c r="F76" s="1"/>
+    </row>
+    <row r="77" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A77" s="11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B77" s="7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C77" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D77" s="8">
+        <v>41779</v>
+      </c>
+      <c r="E77" s="15">
         <v>43431</v>
       </c>
-      <c r="E73" s="15">
+      <c r="F77" s="1"/>
+    </row>
+    <row r="78" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A78" s="11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B78" s="7" t="s">
+        <v>172</v>
+      </c>
+      <c r="C78" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D78" s="8">
+        <v>43431</v>
+      </c>
+      <c r="E78" s="15">
         <v>44894</v>
-      </c>
-[...88 lines deleted...]
-        <v>44538</v>
       </c>
       <c r="F78" s="1"/>
     </row>
     <row r="79" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A79" s="11" t="s">
-        <v>90</v>
+        <v>167</v>
       </c>
       <c r="B79" s="7" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="C79" s="7" t="s">
         <v>28</v>
       </c>
       <c r="D79" s="8">
-        <v>44854</v>
+        <v>45917</v>
       </c>
       <c r="E79" s="15" t="s">
         <v>36</v>
       </c>
       <c r="F79" s="1"/>
     </row>
     <row r="80" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A80" s="11" t="s">
-        <v>92</v>
+        <v>83</v>
       </c>
       <c r="B80" s="7" t="s">
-        <v>42</v>
+        <v>84</v>
       </c>
       <c r="C80" s="7" t="s">
-        <v>16</v>
+        <v>85</v>
       </c>
       <c r="D80" s="8">
-        <v>30756</v>
+        <v>44846</v>
       </c>
       <c r="E80" s="15">
-        <v>30950</v>
-      </c>
+        <v>45072</v>
+      </c>
+      <c r="F80" s="1"/>
     </row>
     <row r="81" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A81" s="11" t="s">
-        <v>92</v>
+        <v>83</v>
       </c>
       <c r="B81" s="7" t="s">
-        <v>76</v>
+        <v>125</v>
       </c>
       <c r="C81" s="7" t="s">
-        <v>16</v>
+        <v>85</v>
       </c>
       <c r="D81" s="8">
-        <v>31454</v>
-[...2 lines deleted...]
-        <v>32729</v>
+        <v>45740</v>
+      </c>
+      <c r="E81" s="15" t="s">
+        <v>36</v>
       </c>
       <c r="F81" s="1"/>
     </row>
-    <row r="82" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>92</v>
+    <row r="82" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="A82" s="12" t="s">
+        <v>86</v>
       </c>
       <c r="B82" s="7" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="C82" s="7" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="D82" s="8">
-        <v>32841</v>
-[...2 lines deleted...]
-        <v>34539</v>
+        <v>43438</v>
+      </c>
+      <c r="E82" s="8">
+        <v>44801</v>
       </c>
       <c r="F82" s="1"/>
     </row>
     <row r="83" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A83" s="11" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="B83" s="7" t="s">
-        <v>93</v>
+        <v>7</v>
       </c>
       <c r="C83" s="7" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="D83" s="15">
-        <v>37327</v>
-[...2 lines deleted...]
-        <v>37776</v>
+        <v>43391</v>
+      </c>
+      <c r="E83" s="15" t="s">
+        <v>36</v>
       </c>
       <c r="F83" s="1"/>
     </row>
     <row r="84" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
-      <c r="A84" s="12" t="s">
-        <v>92</v>
+      <c r="A84" s="11" t="s">
+        <v>88</v>
       </c>
       <c r="B84" s="7" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="C84" s="7" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="D84" s="8">
-        <v>37778</v>
-[...2 lines deleted...]
-        <v>38509</v>
+        <v>43726</v>
+      </c>
+      <c r="E84" s="15">
+        <v>44801</v>
       </c>
       <c r="F84" s="1"/>
     </row>
-    <row r="85" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:6" ht="57" x14ac:dyDescent="0.25">
       <c r="A85" s="11" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="B85" s="7" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="C85" s="7" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>38509</v>
+        <v>28</v>
+      </c>
+      <c r="D85" s="8">
+        <v>44286</v>
       </c>
       <c r="E85" s="15">
-        <v>38950</v>
+        <v>44538</v>
       </c>
       <c r="F85" s="1"/>
     </row>
-    <row r="86" spans="1:6" ht="57" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A86" s="11" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="B86" s="7" t="s">
-        <v>70</v>
+        <v>50</v>
       </c>
       <c r="C86" s="7" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="D86" s="8">
-        <v>39050</v>
-[...2 lines deleted...]
-        <v>39134</v>
+        <v>44854</v>
+      </c>
+      <c r="E86" s="15" t="s">
+        <v>36</v>
       </c>
       <c r="F86" s="1"/>
     </row>
     <row r="87" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A87" s="11" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="B87" s="7" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="C87" s="7" t="s">
         <v>16</v>
       </c>
       <c r="D87" s="8">
-        <v>39227</v>
+        <v>30756</v>
       </c>
       <c r="E87" s="15">
-        <v>39757</v>
-[...1 lines deleted...]
-      <c r="F87" s="1"/>
+        <v>30950</v>
+      </c>
     </row>
     <row r="88" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A88" s="11" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="B88" s="7" t="s">
-        <v>51</v>
+        <v>75</v>
       </c>
       <c r="C88" s="7" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="D88" s="8">
-        <v>43411</v>
-[...2 lines deleted...]
-        <v>44801</v>
+        <v>31454</v>
+      </c>
+      <c r="E88" s="8">
+        <v>32729</v>
       </c>
       <c r="F88" s="1"/>
     </row>
     <row r="89" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A89" s="11" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="B89" s="7" t="s">
-        <v>51</v>
+        <v>24</v>
       </c>
       <c r="C89" s="7" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="D89" s="8">
-        <v>44854</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>32841</v>
+      </c>
+      <c r="E89" s="15">
+        <v>34539</v>
       </c>
       <c r="F89" s="1"/>
     </row>
-    <row r="90" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A90" s="11" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="B90" s="7" t="s">
-        <v>18</v>
+        <v>91</v>
       </c>
       <c r="C90" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="D90" s="8">
-        <v>41220</v>
+      <c r="D90" s="15">
+        <v>37327</v>
       </c>
       <c r="E90" s="15">
-        <v>41247</v>
+        <v>37776</v>
       </c>
       <c r="F90" s="1"/>
     </row>
     <row r="91" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
-      <c r="A91" s="11" t="s">
-        <v>95</v>
+      <c r="A91" s="12" t="s">
+        <v>90</v>
       </c>
       <c r="B91" s="7" t="s">
-        <v>18</v>
+        <v>70</v>
       </c>
       <c r="C91" s="7" t="s">
         <v>16</v>
       </c>
       <c r="D91" s="8">
-        <v>41919</v>
-[...2 lines deleted...]
-        <v>43335</v>
+        <v>37778</v>
+      </c>
+      <c r="E91" s="8">
+        <v>38509</v>
       </c>
       <c r="F91" s="1"/>
     </row>
-    <row r="92" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A92" s="11" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="B92" s="7" t="s">
-        <v>97</v>
+        <v>10</v>
       </c>
       <c r="C92" s="7" t="s">
-        <v>8</v>
-[...4 lines deleted...]
-      <c r="E92" s="8">
+        <v>16</v>
+      </c>
+      <c r="D92" s="15">
+        <v>38509</v>
+      </c>
+      <c r="E92" s="15">
+        <v>38950</v>
+      </c>
+      <c r="F92" s="1"/>
+    </row>
+    <row r="93" spans="1:6" ht="57" x14ac:dyDescent="0.25">
+      <c r="A93" s="11" t="s">
+        <v>90</v>
+      </c>
+      <c r="B93" s="7" t="s">
+        <v>69</v>
+      </c>
+      <c r="C93" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D93" s="8">
+        <v>39050</v>
+      </c>
+      <c r="E93" s="8">
         <v>39134</v>
       </c>
-      <c r="F92" s="1"/>
-[...16 lines deleted...]
-      </c>
       <c r="F93" s="1"/>
     </row>
-    <row r="94" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A94" s="11" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="B94" s="7" t="s">
-        <v>71</v>
+        <v>24</v>
       </c>
       <c r="C94" s="7" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="D94" s="8">
-        <v>41220</v>
-[...2 lines deleted...]
-        <v>41659</v>
+        <v>39227</v>
+      </c>
+      <c r="E94" s="15">
+        <v>39757</v>
       </c>
       <c r="F94" s="1"/>
     </row>
     <row r="95" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A95" s="11" t="s">
-        <v>99</v>
+        <v>92</v>
       </c>
       <c r="B95" s="7" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="C95" s="7" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="D95" s="8">
-        <v>32841</v>
+        <v>43411</v>
       </c>
       <c r="E95" s="15">
-        <v>34359</v>
+        <v>44801</v>
       </c>
       <c r="F95" s="1"/>
     </row>
     <row r="96" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A96" s="11" t="s">
-        <v>100</v>
+        <v>92</v>
       </c>
       <c r="B96" s="7" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="C96" s="7" t="s">
         <v>28</v>
       </c>
       <c r="D96" s="8">
-        <v>43438</v>
+        <v>44854</v>
       </c>
       <c r="E96" s="15">
-        <v>44801</v>
+        <v>45917</v>
       </c>
       <c r="F96" s="1"/>
     </row>
-    <row r="97" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
       <c r="A97" s="11" t="s">
-        <v>101</v>
+        <v>93</v>
       </c>
       <c r="B97" s="7" t="s">
-        <v>166</v>
+        <v>18</v>
       </c>
       <c r="C97" s="7" t="s">
-        <v>8</v>
-[...5 lines deleted...]
-        <v>39800</v>
+        <v>16</v>
+      </c>
+      <c r="D97" s="8">
+        <v>41220</v>
+      </c>
+      <c r="E97" s="15">
+        <v>41247</v>
       </c>
       <c r="F97" s="1"/>
     </row>
-    <row r="98" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
       <c r="A98" s="11" t="s">
-        <v>102</v>
+        <v>93</v>
       </c>
       <c r="B98" s="7" t="s">
-        <v>103</v>
+        <v>18</v>
       </c>
       <c r="C98" s="7" t="s">
-        <v>87</v>
-[...5 lines deleted...]
-        <v>44801</v>
+        <v>16</v>
+      </c>
+      <c r="D98" s="8">
+        <v>41919</v>
+      </c>
+      <c r="E98" s="15">
+        <v>43335</v>
       </c>
       <c r="F98" s="1"/>
     </row>
     <row r="99" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
       <c r="A99" s="11" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="B99" s="7" t="s">
-        <v>49</v>
+        <v>95</v>
       </c>
       <c r="C99" s="7" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>44901</v>
+        <v>8</v>
+      </c>
+      <c r="D99" s="8">
+        <v>37778</v>
       </c>
       <c r="E99" s="8">
-        <v>45525</v>
+        <v>39134</v>
       </c>
       <c r="F99" s="1"/>
     </row>
-    <row r="100" spans="1:6" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A100" s="11" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="B100" s="7" t="s">
-        <v>105</v>
+        <v>96</v>
       </c>
       <c r="C100" s="7" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>31020</v>
+        <v>8</v>
+      </c>
+      <c r="D100" s="15">
+        <v>39210</v>
+      </c>
+      <c r="E100" s="15">
+        <v>41212</v>
       </c>
       <c r="F100" s="1"/>
     </row>
-    <row r="101" spans="1:6" ht="29.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
       <c r="A101" s="11" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="B101" s="7" t="s">
-        <v>39</v>
+        <v>70</v>
       </c>
       <c r="C101" s="7" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="D101" s="8">
-        <v>31020</v>
+        <v>41220</v>
       </c>
       <c r="E101" s="8">
-        <v>31343</v>
+        <v>41659</v>
       </c>
       <c r="F101" s="1"/>
     </row>
-    <row r="102" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A102" s="11" t="s">
-        <v>106</v>
+        <v>97</v>
       </c>
       <c r="B102" s="7" t="s">
-        <v>35</v>
+        <v>47</v>
       </c>
       <c r="C102" s="7" t="s">
-        <v>107</v>
+        <v>8</v>
       </c>
       <c r="D102" s="8">
-        <v>39227</v>
+        <v>32841</v>
       </c>
       <c r="E102" s="15">
-        <v>39590</v>
+        <v>34359</v>
       </c>
       <c r="F102" s="1"/>
     </row>
     <row r="103" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A103" s="11" t="s">
-        <v>108</v>
+        <v>98</v>
       </c>
       <c r="B103" s="7" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="C103" s="7" t="s">
         <v>28</v>
       </c>
       <c r="D103" s="8">
-        <v>43411</v>
-[...2 lines deleted...]
-        <v>43647</v>
+        <v>43438</v>
+      </c>
+      <c r="E103" s="15">
+        <v>44801</v>
       </c>
       <c r="F103" s="1"/>
     </row>
-    <row r="104" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>109</v>
+    <row r="104" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A104" s="11" t="s">
+        <v>99</v>
       </c>
       <c r="B104" s="7" t="s">
-        <v>80</v>
+        <v>163</v>
       </c>
       <c r="C104" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="D104" s="8">
-[...2 lines deleted...]
-      <c r="E104" s="15">
+      <c r="D104" s="15">
+        <v>37740</v>
+      </c>
+      <c r="E104" s="8">
+        <v>39800</v>
+      </c>
+      <c r="F104" s="1"/>
+    </row>
+    <row r="105" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A105" s="11" t="s">
+        <v>100</v>
+      </c>
+      <c r="B105" s="7" t="s">
+        <v>101</v>
+      </c>
+      <c r="C105" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="D105" s="15">
+        <v>44409</v>
+      </c>
+      <c r="E105" s="8">
+        <v>44801</v>
+      </c>
+      <c r="F105" s="1"/>
+    </row>
+    <row r="106" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="A106" s="11" t="s">
+        <v>100</v>
+      </c>
+      <c r="B106" s="7" t="s">
+        <v>48</v>
+      </c>
+      <c r="C106" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="D106" s="15">
+        <v>44901</v>
+      </c>
+      <c r="E106" s="8">
+        <v>45525</v>
+      </c>
+      <c r="F106" s="1"/>
+    </row>
+    <row r="107" spans="1:6" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A107" s="11" t="s">
+        <v>102</v>
+      </c>
+      <c r="B107" s="7" t="s">
+        <v>103</v>
+      </c>
+      <c r="C107" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D107" s="8">
+        <v>30216</v>
+      </c>
+      <c r="E107" s="8">
+        <v>31020</v>
+      </c>
+      <c r="F107" s="1"/>
+    </row>
+    <row r="108" spans="1:6" ht="29.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A108" s="11" t="s">
+        <v>102</v>
+      </c>
+      <c r="B108" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C108" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D108" s="8">
+        <v>31020</v>
+      </c>
+      <c r="E108" s="8">
         <v>31343</v>
       </c>
-      <c r="F104" s="1"/>
-[...69 lines deleted...]
-      </c>
       <c r="F108" s="1"/>
     </row>
-    <row r="109" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+    <row r="109" spans="1:6" ht="29.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A109" s="11" t="s">
-        <v>112</v>
+        <v>168</v>
       </c>
       <c r="B109" s="7" t="s">
-        <v>54</v>
+        <v>9</v>
       </c>
       <c r="C109" s="7" t="s">
         <v>28</v>
       </c>
       <c r="D109" s="8">
-        <v>44901</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>45845</v>
+      </c>
+      <c r="E109" s="8">
+        <v>45995</v>
       </c>
       <c r="F109" s="1"/>
     </row>
     <row r="110" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
       <c r="A110" s="11" t="s">
-        <v>115</v>
+        <v>104</v>
       </c>
       <c r="B110" s="7" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="C110" s="7" t="s">
-        <v>8</v>
+        <v>105</v>
       </c>
       <c r="D110" s="8">
         <v>39227</v>
       </c>
       <c r="E110" s="15">
-        <v>39757</v>
+        <v>39590</v>
       </c>
       <c r="F110" s="1"/>
     </row>
-    <row r="111" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A111" s="11" t="s">
-        <v>115</v>
+        <v>106</v>
       </c>
       <c r="B111" s="7" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="C111" s="7" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="D111" s="8">
-        <v>39828</v>
+        <v>43411</v>
       </c>
       <c r="E111" s="8">
-        <v>41122</v>
+        <v>43647</v>
       </c>
       <c r="F111" s="1"/>
     </row>
-    <row r="112" spans="1:6" ht="56.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="112" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A112" s="12" t="s">
-        <v>116</v>
+        <v>107</v>
       </c>
       <c r="B112" s="7" t="s">
-        <v>117</v>
+        <v>79</v>
       </c>
       <c r="C112" s="7" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="D112" s="8">
-        <v>39667</v>
-[...2 lines deleted...]
-        <v>39743</v>
+        <v>30756</v>
+      </c>
+      <c r="E112" s="15">
+        <v>31343</v>
       </c>
       <c r="F112" s="1"/>
     </row>
     <row r="113" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A113" s="12" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
       <c r="B113" s="7" t="s">
-        <v>86</v>
+        <v>163</v>
       </c>
       <c r="C113" s="7" t="s">
-        <v>16</v>
-[...7 lines deleted...]
-      <c r="F113" s="1"/>
+        <v>28</v>
+      </c>
+      <c r="D113" s="15">
+        <v>44004</v>
+      </c>
+      <c r="E113" s="15">
+        <v>45910</v>
+      </c>
     </row>
     <row r="114" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A114" s="12" t="s">
+        <v>108</v>
+      </c>
+      <c r="B114" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="C114" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="D114" s="15">
+        <v>45918</v>
+      </c>
+      <c r="E114" s="15" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="115" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A115" s="11" t="s">
+        <v>109</v>
+      </c>
+      <c r="B115" s="7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C115" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D115" s="15">
+        <v>37776</v>
+      </c>
+      <c r="E115" s="15">
+        <v>39210</v>
+      </c>
+      <c r="F115" s="1"/>
+    </row>
+    <row r="116" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A116" s="11" t="s">
+        <v>110</v>
+      </c>
+      <c r="B116" s="7" t="s">
+        <v>111</v>
+      </c>
+      <c r="C116" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="D116" s="8">
+        <v>44091</v>
+      </c>
+      <c r="E116" s="8">
+        <v>44251</v>
+      </c>
+      <c r="F116" s="1"/>
+    </row>
+    <row r="117" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="A117" s="11" t="s">
+        <v>110</v>
+      </c>
+      <c r="B117" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="C117" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="D117" s="8">
+        <v>44118</v>
+      </c>
+      <c r="E117" s="8">
+        <v>44168</v>
+      </c>
+      <c r="F117" s="1"/>
+    </row>
+    <row r="118" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A118" s="11" t="s">
+        <v>110</v>
+      </c>
+      <c r="B118" s="7" t="s">
+        <v>53</v>
+      </c>
+      <c r="C118" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="D118" s="8">
+        <v>44901</v>
+      </c>
+      <c r="E118" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="F118" s="1"/>
+    </row>
+    <row r="119" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="A119" s="11" t="s">
+        <v>113</v>
+      </c>
+      <c r="B119" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C119" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D119" s="8">
+        <v>39227</v>
+      </c>
+      <c r="E119" s="15">
+        <v>39757</v>
+      </c>
+      <c r="F119" s="1"/>
+    </row>
+    <row r="120" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="A120" s="11" t="s">
+        <v>113</v>
+      </c>
+      <c r="B120" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C120" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D120" s="8">
+        <v>39828</v>
+      </c>
+      <c r="E120" s="8">
+        <v>41122</v>
+      </c>
+      <c r="F120" s="1"/>
+    </row>
+    <row r="121" spans="1:6" ht="56.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A121" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="B121" s="7" t="s">
+        <v>115</v>
+      </c>
+      <c r="C121" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D121" s="8">
+        <v>39667</v>
+      </c>
+      <c r="E121" s="8">
+        <v>39743</v>
+      </c>
+      <c r="F121" s="1"/>
+    </row>
+    <row r="122" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A122" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="B122" s="7" t="s">
+        <v>84</v>
+      </c>
+      <c r="C122" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D122" s="8">
+        <v>39743</v>
+      </c>
+      <c r="E122" s="8">
+        <v>39757</v>
+      </c>
+      <c r="F122" s="1"/>
+    </row>
+    <row r="123" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A123" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="B123" s="7" t="s">
         <v>116</v>
       </c>
-      <c r="B114" s="7" t="s">
-[...5 lines deleted...]
-      <c r="D114" s="8">
+      <c r="C123" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D123" s="8">
         <v>39798</v>
       </c>
-      <c r="E114" s="8">
+      <c r="E123" s="8">
         <v>41122</v>
       </c>
-      <c r="F114" s="1"/>
-[...11 lines deleted...]
-      <c r="D115" s="15">
+      <c r="F123" s="1"/>
+    </row>
+    <row r="124" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A124" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="B124" s="7" t="s">
+        <v>117</v>
+      </c>
+      <c r="C124" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D124" s="15">
         <v>41173</v>
       </c>
-      <c r="E115" s="15">
+      <c r="E124" s="15">
         <v>41752</v>
       </c>
-      <c r="F115" s="1"/>
-[...5 lines deleted...]
-      <c r="B116" s="7" t="s">
+      <c r="F124" s="1"/>
+    </row>
+    <row r="125" spans="1:6" ht="57" x14ac:dyDescent="0.25">
+      <c r="A125" s="14" t="s">
+        <v>114</v>
+      </c>
+      <c r="B125" s="7" t="s">
         <v>30</v>
       </c>
-      <c r="C116" s="7" t="s">
-[...2 lines deleted...]
-      <c r="D116" s="15">
+      <c r="C125" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D125" s="15">
         <v>41792</v>
       </c>
-      <c r="E116" s="15">
+      <c r="E125" s="15">
         <v>42262</v>
       </c>
-      <c r="F116" s="1"/>
-[...11 lines deleted...]
-      <c r="D117" s="8">
+      <c r="F125" s="1"/>
+    </row>
+    <row r="126" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A126" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="B126" s="7" t="s">
+        <v>77</v>
+      </c>
+      <c r="C126" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D126" s="8">
         <v>42262</v>
       </c>
-      <c r="E117" s="8">
+      <c r="E126" s="8">
         <v>42502</v>
       </c>
-      <c r="F117" s="1"/>
-[...5 lines deleted...]
-      <c r="B118" s="7" t="s">
+      <c r="F126" s="1"/>
+    </row>
+    <row r="127" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="A127" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="B127" s="7" t="s">
         <v>32</v>
       </c>
-      <c r="C118" s="7" t="s">
-[...2 lines deleted...]
-      <c r="D118" s="8">
+      <c r="C127" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D127" s="8">
         <v>43077</v>
       </c>
-      <c r="E118" s="15">
+      <c r="E127" s="15">
         <v>43335</v>
-      </c>
-[...160 lines deleted...]
-        <v>41122</v>
       </c>
       <c r="F127" s="1"/>
     </row>
     <row r="128" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A128" s="11" t="s">
-        <v>125</v>
+        <v>118</v>
       </c>
       <c r="B128" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C128" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D128" s="8">
+        <v>37778</v>
+      </c>
+      <c r="E128" s="15">
+        <v>38279</v>
+      </c>
+      <c r="F128" s="1"/>
+    </row>
+    <row r="129" spans="1:15" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A129" s="12" t="s">
+        <v>118</v>
+      </c>
+      <c r="B129" s="7" t="s">
+        <v>119</v>
+      </c>
+      <c r="C129" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D129" s="15">
+        <v>38217</v>
+      </c>
+      <c r="E129" s="15">
+        <v>39134</v>
+      </c>
+      <c r="F129" s="1"/>
+    </row>
+    <row r="130" spans="1:15" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A130" s="12" t="s">
+        <v>118</v>
+      </c>
+      <c r="B130" s="7" t="s">
+        <v>101</v>
+      </c>
+      <c r="C130" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D130" s="15">
+        <v>39176</v>
+      </c>
+      <c r="E130" s="15">
+        <v>39321</v>
+      </c>
+      <c r="F130" s="1"/>
+    </row>
+    <row r="131" spans="1:15" ht="57" x14ac:dyDescent="0.25">
+      <c r="A131" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="B131" s="7" t="s">
         <v>121</v>
       </c>
-      <c r="C128" s="7" t="s">
-[...56 lines deleted...]
-      </c>
       <c r="C131" s="7" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="D131" s="8">
-        <v>42675</v>
+        <v>44504</v>
       </c>
       <c r="E131" s="15">
-        <v>43335</v>
+        <v>44801</v>
       </c>
       <c r="F131" s="1"/>
-      <c r="G131" s="1"/>
-[...7 lines deleted...]
-      <c r="O131" s="1"/>
     </row>
     <row r="132" spans="1:15" ht="42.75" x14ac:dyDescent="0.25">
       <c r="A132" s="11" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="B132" s="7" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="C132" s="7" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="D132" s="8">
-        <v>42675</v>
-[...2 lines deleted...]
-        <v>43335</v>
+        <v>44901</v>
+      </c>
+      <c r="E132" s="15">
+        <v>45845</v>
       </c>
       <c r="F132" s="1"/>
-      <c r="G132" s="1"/>
-[...9 lines deleted...]
-    <row r="133" spans="1:15" ht="28.5" x14ac:dyDescent="0.25">
+    </row>
+    <row r="133" spans="1:15" ht="42.75" x14ac:dyDescent="0.25">
       <c r="A133" s="11" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="B133" s="7" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="C133" s="7" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="D133" s="8">
-        <v>30203</v>
-[...2 lines deleted...]
-        <v>31393</v>
+        <v>45996</v>
+      </c>
+      <c r="E133" s="15" t="s">
+        <v>36</v>
       </c>
       <c r="F133" s="1"/>
-      <c r="G133" s="1"/>
-[...7 lines deleted...]
-      <c r="O133" s="1"/>
     </row>
     <row r="134" spans="1:15" ht="28.5" x14ac:dyDescent="0.25">
-      <c r="A134" s="12" t="s">
-        <v>126</v>
+      <c r="A134" s="11" t="s">
+        <v>122</v>
       </c>
       <c r="B134" s="7" t="s">
-        <v>80</v>
+        <v>23</v>
       </c>
       <c r="C134" s="7" t="s">
         <v>16</v>
       </c>
       <c r="D134" s="8">
-        <v>32841</v>
+        <v>39828</v>
       </c>
       <c r="E134" s="15">
-        <v>34539</v>
+        <v>41122</v>
       </c>
       <c r="F134" s="1"/>
-      <c r="G134" s="1"/>
-[...9 lines deleted...]
-    <row r="135" spans="1:15" x14ac:dyDescent="0.25">
+    </row>
+    <row r="135" spans="1:15" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A135" s="11" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="B135" s="7" t="s">
-        <v>166</v>
+        <v>77</v>
       </c>
       <c r="C135" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="D135" s="15">
-[...3 lines deleted...]
-        <v>35006</v>
+      <c r="D135" s="8">
+        <v>37740</v>
+      </c>
+      <c r="E135" s="8">
+        <v>39134</v>
       </c>
       <c r="F135" s="1"/>
-      <c r="G135" s="1"/>
-[...9 lines deleted...]
-    <row r="136" spans="1:15" x14ac:dyDescent="0.25">
+    </row>
+    <row r="136" spans="1:15" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A136" s="11" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="B136" s="7" t="s">
-        <v>7</v>
+        <v>72</v>
       </c>
       <c r="C136" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="D136" s="8">
-[...3 lines deleted...]
-        <v>37740</v>
+      <c r="D136" s="15">
+        <v>39798</v>
+      </c>
+      <c r="E136" s="15">
+        <v>40442</v>
       </c>
       <c r="F136" s="1"/>
-      <c r="G136" s="1"/>
-[...9 lines deleted...]
-    <row r="137" spans="1:15" ht="28.5" x14ac:dyDescent="0.25">
+    </row>
+    <row r="137" spans="1:15" ht="42.75" x14ac:dyDescent="0.25">
       <c r="A137" s="11" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="B137" s="7" t="s">
-        <v>127</v>
+        <v>35</v>
       </c>
       <c r="C137" s="7" t="s">
         <v>16</v>
       </c>
       <c r="D137" s="8">
-        <v>39356</v>
+        <v>40456</v>
       </c>
       <c r="E137" s="15">
-        <v>39757</v>
+        <v>41122</v>
       </c>
       <c r="F137" s="1"/>
-      <c r="G137" s="1"/>
-[...9 lines deleted...]
-    <row r="138" spans="1:15" x14ac:dyDescent="0.25">
+    </row>
+    <row r="138" spans="1:15" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A138" s="11" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="B138" s="7" t="s">
-        <v>10</v>
+        <v>119</v>
       </c>
       <c r="C138" s="7" t="s">
         <v>16</v>
       </c>
       <c r="D138" s="15">
-        <v>39797</v>
+        <v>41752</v>
       </c>
       <c r="E138" s="15">
-        <v>41122</v>
+        <v>42140</v>
       </c>
       <c r="F138" s="1"/>
-      <c r="G138" s="1"/>
-[...9 lines deleted...]
-    <row r="139" spans="1:15" x14ac:dyDescent="0.25">
+    </row>
+    <row r="139" spans="1:15" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A139" s="11" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="B139" s="7" t="s">
-        <v>128</v>
+        <v>72</v>
       </c>
       <c r="C139" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="D139" s="8">
-[...3 lines deleted...]
-        <v>41752</v>
+      <c r="D139" s="15">
+        <v>42140</v>
+      </c>
+      <c r="E139" s="15">
+        <v>42502</v>
       </c>
       <c r="F139" s="1"/>
-      <c r="G139" s="1"/>
-[...7 lines deleted...]
-      <c r="O139" s="1"/>
     </row>
     <row r="140" spans="1:15" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A140" s="11" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="B140" s="7" t="s">
-        <v>127</v>
+        <v>9</v>
       </c>
       <c r="C140" s="7" t="s">
-        <v>87</v>
+        <v>16</v>
       </c>
       <c r="D140" s="8">
-        <v>43383</v>
+        <v>42606</v>
       </c>
       <c r="E140" s="15">
-        <v>43544</v>
+        <v>42675</v>
       </c>
       <c r="F140" s="1"/>
-      <c r="G140" s="1"/>
-[...3 lines deleted...]
-      <c r="K140" s="1"/>
       <c r="L140" s="1"/>
       <c r="M140" s="1"/>
       <c r="N140" s="1"/>
       <c r="O140" s="1"/>
     </row>
-    <row r="141" spans="1:15" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="141" spans="1:15" ht="42.75" x14ac:dyDescent="0.25">
       <c r="A141" s="11" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="B141" s="7" t="s">
-        <v>127</v>
+        <v>63</v>
       </c>
       <c r="C141" s="7" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>43545</v>
+        <v>16</v>
+      </c>
+      <c r="D141" s="8">
+        <v>42675</v>
       </c>
       <c r="E141" s="15">
-        <v>44409</v>
+        <v>43335</v>
       </c>
       <c r="F141" s="1"/>
       <c r="G141" s="1"/>
       <c r="H141" s="1"/>
       <c r="I141" s="1"/>
       <c r="J141" s="1"/>
       <c r="K141" s="1"/>
       <c r="L141" s="1"/>
       <c r="M141" s="1"/>
       <c r="N141" s="1"/>
       <c r="O141" s="1"/>
     </row>
-    <row r="142" spans="1:15" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="142" spans="1:15" ht="42.75" x14ac:dyDescent="0.25">
       <c r="A142" s="11" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="B142" s="7" t="s">
-        <v>27</v>
+        <v>63</v>
       </c>
       <c r="C142" s="7" t="s">
-        <v>87</v>
+        <v>16</v>
       </c>
       <c r="D142" s="8">
-        <v>44901</v>
-[...2 lines deleted...]
-        <v>45315</v>
+        <v>42675</v>
+      </c>
+      <c r="E142" s="8">
+        <v>43335</v>
       </c>
       <c r="F142" s="1"/>
       <c r="G142" s="1"/>
       <c r="H142" s="1"/>
       <c r="I142" s="1"/>
       <c r="J142" s="1"/>
       <c r="K142" s="1"/>
       <c r="L142" s="1"/>
       <c r="M142" s="1"/>
       <c r="N142" s="1"/>
       <c r="O142" s="1"/>
     </row>
     <row r="143" spans="1:15" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A143" s="11" t="s">
-        <v>130</v>
+        <v>124</v>
       </c>
       <c r="B143" s="7" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="C143" s="7" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="D143" s="8">
-        <v>43391</v>
-[...2 lines deleted...]
-        <v>43998</v>
+        <v>30203</v>
+      </c>
+      <c r="E143" s="15">
+        <v>31393</v>
       </c>
       <c r="F143" s="1"/>
       <c r="G143" s="1"/>
       <c r="H143" s="1"/>
       <c r="I143" s="1"/>
       <c r="J143" s="1"/>
       <c r="K143" s="1"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A144" s="11" t="s">
+      <c r="L143" s="1"/>
+      <c r="M143" s="1"/>
+      <c r="N143" s="1"/>
+      <c r="O143" s="1"/>
+    </row>
+    <row r="144" spans="1:15" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A144" s="12" t="s">
+        <v>124</v>
+      </c>
+      <c r="B144" s="7" t="s">
+        <v>79</v>
+      </c>
+      <c r="C144" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D144" s="8">
+        <v>32841</v>
+      </c>
+      <c r="E144" s="15">
+        <v>34539</v>
+      </c>
+      <c r="F144" s="1"/>
+      <c r="G144" s="1"/>
+      <c r="H144" s="1"/>
+      <c r="I144" s="1"/>
+      <c r="J144" s="1"/>
+      <c r="K144" s="1"/>
+      <c r="L144" s="1"/>
+      <c r="M144" s="1"/>
+      <c r="N144" s="1"/>
+      <c r="O144" s="1"/>
+    </row>
+    <row r="145" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A145" s="11" t="s">
+        <v>124</v>
+      </c>
+      <c r="B145" s="7" t="s">
+        <v>163</v>
+      </c>
+      <c r="C145" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D145" s="15">
+        <v>34603</v>
+      </c>
+      <c r="E145" s="15">
+        <v>35006</v>
+      </c>
+      <c r="F145" s="1"/>
+      <c r="G145" s="1"/>
+      <c r="H145" s="1"/>
+      <c r="I145" s="1"/>
+      <c r="J145" s="1"/>
+      <c r="K145" s="1"/>
+      <c r="L145" s="1"/>
+      <c r="M145" s="1"/>
+      <c r="N145" s="1"/>
+      <c r="O145" s="1"/>
+    </row>
+    <row r="146" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A146" s="11" t="s">
+        <v>124</v>
+      </c>
+      <c r="B146" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="C146" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D146" s="8">
+        <v>36958</v>
+      </c>
+      <c r="E146" s="8">
+        <v>37740</v>
+      </c>
+      <c r="F146" s="1"/>
+      <c r="G146" s="1"/>
+      <c r="H146" s="1"/>
+      <c r="I146" s="1"/>
+      <c r="J146" s="1"/>
+      <c r="K146" s="1"/>
+      <c r="L146" s="1"/>
+      <c r="M146" s="1"/>
+      <c r="N146" s="1"/>
+      <c r="O146" s="1"/>
+    </row>
+    <row r="147" spans="1:15" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A147" s="11" t="s">
+        <v>124</v>
+      </c>
+      <c r="B147" s="7" t="s">
+        <v>125</v>
+      </c>
+      <c r="C147" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D147" s="8">
+        <v>39356</v>
+      </c>
+      <c r="E147" s="15">
+        <v>39757</v>
+      </c>
+      <c r="F147" s="1"/>
+      <c r="G147" s="1"/>
+      <c r="H147" s="1"/>
+      <c r="I147" s="1"/>
+      <c r="J147" s="1"/>
+      <c r="K147" s="1"/>
+      <c r="L147" s="1"/>
+      <c r="M147" s="1"/>
+      <c r="N147" s="1"/>
+      <c r="O147" s="1"/>
+    </row>
+    <row r="148" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A148" s="11" t="s">
+        <v>124</v>
+      </c>
+      <c r="B148" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="C148" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D148" s="15">
+        <v>39797</v>
+      </c>
+      <c r="E148" s="15">
+        <v>41122</v>
+      </c>
+      <c r="F148" s="1"/>
+      <c r="G148" s="1"/>
+      <c r="H148" s="1"/>
+      <c r="I148" s="1"/>
+      <c r="J148" s="1"/>
+      <c r="K148" s="1"/>
+      <c r="L148" s="1"/>
+      <c r="M148" s="1"/>
+      <c r="N148" s="1"/>
+      <c r="O148" s="1"/>
+    </row>
+    <row r="149" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A149" s="11" t="s">
+        <v>124</v>
+      </c>
+      <c r="B149" s="7" t="s">
+        <v>126</v>
+      </c>
+      <c r="C149" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D149" s="8">
+        <v>41171</v>
+      </c>
+      <c r="E149" s="8">
+        <v>41752</v>
+      </c>
+      <c r="F149" s="1"/>
+      <c r="G149" s="1"/>
+      <c r="H149" s="1"/>
+      <c r="I149" s="1"/>
+      <c r="J149" s="1"/>
+      <c r="K149" s="1"/>
+      <c r="L149" s="1"/>
+      <c r="M149" s="1"/>
+      <c r="N149" s="1"/>
+      <c r="O149" s="1"/>
+    </row>
+    <row r="150" spans="1:15" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A150" s="11" t="s">
+        <v>127</v>
+      </c>
+      <c r="B150" s="7" t="s">
+        <v>169</v>
+      </c>
+      <c r="C150" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="D150" s="8">
+        <v>43383</v>
+      </c>
+      <c r="E150" s="15">
+        <v>43544</v>
+      </c>
+      <c r="F150" s="1"/>
+      <c r="G150" s="1"/>
+      <c r="H150" s="1"/>
+      <c r="I150" s="1"/>
+      <c r="J150" s="1"/>
+      <c r="K150" s="1"/>
+      <c r="L150" s="1"/>
+      <c r="M150" s="1"/>
+      <c r="N150" s="1"/>
+      <c r="O150" s="1"/>
+    </row>
+    <row r="151" spans="1:15" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A151" s="11" t="s">
+        <v>127</v>
+      </c>
+      <c r="B151" s="7" t="s">
+        <v>125</v>
+      </c>
+      <c r="C151" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="D151" s="15">
+        <v>43545</v>
+      </c>
+      <c r="E151" s="15">
+        <v>44409</v>
+      </c>
+      <c r="F151" s="1"/>
+      <c r="G151" s="1"/>
+      <c r="H151" s="1"/>
+      <c r="I151" s="1"/>
+      <c r="J151" s="1"/>
+      <c r="K151" s="1"/>
+      <c r="L151" s="1"/>
+      <c r="M151" s="1"/>
+      <c r="N151" s="1"/>
+      <c r="O151" s="1"/>
+    </row>
+    <row r="152" spans="1:15" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A152" s="11" t="s">
+        <v>127</v>
+      </c>
+      <c r="B152" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="C152" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="D152" s="8">
+        <v>44901</v>
+      </c>
+      <c r="E152" s="15">
+        <v>45315</v>
+      </c>
+      <c r="F152" s="1"/>
+      <c r="G152" s="1"/>
+      <c r="H152" s="1"/>
+      <c r="I152" s="1"/>
+      <c r="J152" s="1"/>
+      <c r="K152" s="1"/>
+      <c r="L152" s="1"/>
+      <c r="M152" s="1"/>
+      <c r="N152" s="1"/>
+      <c r="O152" s="1"/>
+    </row>
+    <row r="153" spans="1:15" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A153" s="11" t="s">
+        <v>128</v>
+      </c>
+      <c r="B153" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="C153" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D153" s="8">
+        <v>43391</v>
+      </c>
+      <c r="E153" s="8">
+        <v>43998</v>
+      </c>
+      <c r="F153" s="1"/>
+      <c r="G153" s="1"/>
+      <c r="H153" s="1"/>
+      <c r="I153" s="1"/>
+      <c r="J153" s="1"/>
+      <c r="K153" s="1"/>
+    </row>
+    <row r="154" spans="1:15" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="A154" s="11" t="s">
+        <v>128</v>
+      </c>
+      <c r="B154" s="7" t="s">
+        <v>129</v>
+      </c>
+      <c r="C154" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D154" s="8">
+        <v>43999</v>
+      </c>
+      <c r="E154" s="15">
+        <v>44801</v>
+      </c>
+      <c r="F154" s="1"/>
+    </row>
+    <row r="155" spans="1:15" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A155" s="11" t="s">
         <v>130</v>
       </c>
-      <c r="B144" s="7" t="s">
+      <c r="B155" s="7" t="s">
         <v>131</v>
       </c>
-      <c r="C144" s="7" t="s">
-[...2 lines deleted...]
-      <c r="D144" s="8">
+      <c r="C155" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D155" s="8">
+        <v>41743</v>
+      </c>
+      <c r="E155" s="8">
+        <v>43019</v>
+      </c>
+      <c r="F155" s="1"/>
+    </row>
+    <row r="156" spans="1:15" ht="41.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A156" s="11" t="s">
+        <v>130</v>
+      </c>
+      <c r="B156" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C156" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D156" s="8">
+        <v>43019</v>
+      </c>
+      <c r="E156" s="8">
+        <v>43335</v>
+      </c>
+      <c r="F156" s="1"/>
+    </row>
+    <row r="157" spans="1:15" ht="57.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A157" s="11" t="s">
+        <v>130</v>
+      </c>
+      <c r="B157" s="7" t="s">
+        <v>116</v>
+      </c>
+      <c r="C157" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D157" s="8">
+        <v>43383</v>
+      </c>
+      <c r="E157" s="8">
+        <v>43998</v>
+      </c>
+      <c r="F157" s="1"/>
+    </row>
+    <row r="158" spans="1:15" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A158" s="11" t="s">
+        <v>130</v>
+      </c>
+      <c r="B158" s="7" t="s">
+        <v>132</v>
+      </c>
+      <c r="C158" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D158" s="15">
         <v>43999</v>
       </c>
-      <c r="E144" s="15">
-[...8 lines deleted...]
-      <c r="B145" s="7" t="s">
+      <c r="E158" s="15">
+        <v>44447</v>
+      </c>
+      <c r="F158" s="1"/>
+    </row>
+    <row r="159" spans="1:15" ht="56.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A159" s="14" t="s">
         <v>133</v>
       </c>
-      <c r="C145" s="7" t="s">
-[...23 lines deleted...]
-      <c r="E146" s="8">
+      <c r="B159" s="7" t="s">
+        <v>164</v>
+      </c>
+      <c r="C159" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D159" s="8">
+        <v>43438</v>
+      </c>
+      <c r="E159" s="15">
+        <v>44501</v>
+      </c>
+      <c r="F159" s="1"/>
+    </row>
+    <row r="160" spans="1:15" ht="56.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A160" s="14" t="s">
+        <v>133</v>
+      </c>
+      <c r="B160" s="7" t="s">
+        <v>134</v>
+      </c>
+      <c r="C160" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D160" s="8">
+        <v>44286</v>
+      </c>
+      <c r="E160" s="15">
+        <v>44415</v>
+      </c>
+      <c r="F160" s="1"/>
+    </row>
+    <row r="161" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A161" s="11" t="s">
+        <v>135</v>
+      </c>
+      <c r="B161" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C161" s="7" t="s">
+        <v>105</v>
+      </c>
+      <c r="D161" s="8">
+        <v>39227</v>
+      </c>
+      <c r="E161" s="15">
+        <v>39757</v>
+      </c>
+      <c r="F161" s="1"/>
+    </row>
+    <row r="162" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A162" s="11" t="s">
+        <v>136</v>
+      </c>
+      <c r="B162" s="7" t="s">
+        <v>50</v>
+      </c>
+      <c r="C162" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D162" s="8">
+        <v>42403</v>
+      </c>
+      <c r="E162" s="8">
         <v>43335</v>
       </c>
-      <c r="F146" s="1"/>
-[...59 lines deleted...]
-      <c r="B150" s="7" t="s">
+      <c r="F162" s="1"/>
+    </row>
+    <row r="163" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="A163" s="11" t="s">
         <v>136</v>
       </c>
-      <c r="C150" s="7" t="s">
-[...11 lines deleted...]
-      <c r="A151" s="11" t="s">
+      <c r="B163" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="C163" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D163" s="8">
+        <v>45845</v>
+      </c>
+      <c r="E163" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="F163" s="1"/>
+    </row>
+    <row r="164" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A164" s="11" t="s">
         <v>137</v>
       </c>
-      <c r="B151" s="7" t="s">
-[...14 lines deleted...]
-      <c r="A152" s="11" t="s">
+      <c r="B164" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="C164" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D164" s="15">
+        <v>39190</v>
+      </c>
+      <c r="E164" s="8">
+        <v>40792</v>
+      </c>
+      <c r="F164" s="1"/>
+    </row>
+    <row r="165" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="A165" s="11" t="s">
         <v>138</v>
       </c>
-      <c r="B152" s="7" t="s">
-[...35 lines deleted...]
-      <c r="B154" s="7" t="s">
+      <c r="B165" s="7" t="s">
         <v>32</v>
       </c>
-      <c r="C154" s="7" t="s">
-[...2 lines deleted...]
-      <c r="D154" s="8">
+      <c r="C165" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D165" s="8">
         <v>41792</v>
       </c>
-      <c r="E154" s="15">
+      <c r="E165" s="15">
         <v>42771</v>
-      </c>
-[...196 lines deleted...]
-        <v>43335</v>
       </c>
       <c r="F165" s="1"/>
     </row>
     <row r="166" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
       <c r="A166" s="11" t="s">
-        <v>144</v>
+        <v>139</v>
       </c>
       <c r="B166" s="7" t="s">
-        <v>145</v>
+        <v>48</v>
       </c>
       <c r="C166" s="7" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="D166" s="8">
-        <v>43438</v>
-[...2 lines deleted...]
-        <v>44801</v>
+        <v>38077</v>
+      </c>
+      <c r="E166" s="8">
+        <v>39134</v>
       </c>
       <c r="F166" s="1"/>
     </row>
     <row r="167" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A167" s="11" t="s">
-        <v>146</v>
+        <v>140</v>
       </c>
       <c r="B167" s="7" t="s">
-        <v>78</v>
+        <v>96</v>
       </c>
       <c r="C167" s="7" t="s">
         <v>16</v>
       </c>
       <c r="D167" s="8">
-        <v>40774</v>
-[...2 lines deleted...]
-        <v>41122</v>
+        <v>41212</v>
+      </c>
+      <c r="E167" s="15">
+        <v>41779</v>
       </c>
       <c r="F167" s="1"/>
     </row>
     <row r="168" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A168" s="11" t="s">
-        <v>147</v>
+        <v>140</v>
       </c>
       <c r="B168" s="7" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="C168" s="7" t="s">
-        <v>8</v>
-[...5 lines deleted...]
-        <v>36</v>
+        <v>16</v>
+      </c>
+      <c r="D168" s="15">
+        <v>42507</v>
+      </c>
+      <c r="E168" s="15">
+        <v>42670</v>
       </c>
       <c r="F168" s="1"/>
     </row>
-    <row r="169" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>148</v>
+    <row r="169" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A169" s="12" t="s">
+        <v>140</v>
       </c>
       <c r="B169" s="7" t="s">
-        <v>32</v>
+        <v>116</v>
       </c>
       <c r="C169" s="7" t="s">
         <v>16</v>
       </c>
       <c r="D169" s="8">
-        <v>36223</v>
-[...2 lines deleted...]
-        <v>36954</v>
+        <v>42657</v>
+      </c>
+      <c r="E169" s="8">
+        <v>43133</v>
       </c>
       <c r="F169" s="1"/>
     </row>
-    <row r="170" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
+    <row r="170" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A170" s="11" t="s">
-        <v>148</v>
+        <v>140</v>
       </c>
       <c r="B170" s="7" t="s">
-        <v>49</v>
+        <v>72</v>
       </c>
       <c r="C170" s="7" t="s">
         <v>16</v>
       </c>
       <c r="D170" s="8">
-        <v>36977</v>
-[...2 lines deleted...]
-        <v>37692</v>
+        <v>43133</v>
+      </c>
+      <c r="E170" s="15">
+        <v>43198</v>
       </c>
       <c r="F170" s="1"/>
     </row>
     <row r="171" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A171" s="11" t="s">
-        <v>149</v>
+        <v>140</v>
       </c>
       <c r="B171" s="7" t="s">
-        <v>62</v>
+        <v>119</v>
       </c>
       <c r="C171" s="7" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="D171" s="8">
-        <v>41792</v>
+        <v>43198</v>
       </c>
       <c r="E171" s="8">
-        <v>43019</v>
+        <v>43235</v>
       </c>
       <c r="F171" s="1"/>
     </row>
-    <row r="172" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>149</v>
+    <row r="172" spans="1:6" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A172" s="11" t="s">
+        <v>140</v>
       </c>
       <c r="B172" s="7" t="s">
-        <v>133</v>
+        <v>72</v>
       </c>
       <c r="C172" s="7" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="D172" s="8">
-        <v>43019</v>
+        <v>43235</v>
       </c>
       <c r="E172" s="8">
         <v>43335</v>
       </c>
       <c r="F172" s="1"/>
     </row>
-    <row r="173" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>149</v>
+    <row r="173" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="A173" s="11" t="s">
+        <v>141</v>
       </c>
       <c r="B173" s="7" t="s">
-        <v>78</v>
+        <v>18</v>
       </c>
       <c r="C173" s="7" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="D173" s="8">
-        <v>43383</v>
+        <v>41248</v>
       </c>
       <c r="E173" s="8">
-        <v>43998</v>
+        <v>41703</v>
       </c>
       <c r="F173" s="1"/>
     </row>
     <row r="174" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
-      <c r="A174" s="12" t="s">
-        <v>149</v>
+      <c r="A174" s="11" t="s">
+        <v>142</v>
       </c>
       <c r="B174" s="7" t="s">
-        <v>118</v>
+        <v>61</v>
       </c>
       <c r="C174" s="7" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="D174" s="8">
-        <v>43998</v>
-[...2 lines deleted...]
-        <v>44801</v>
+        <v>41220</v>
+      </c>
+      <c r="E174" s="15">
+        <v>41703</v>
       </c>
       <c r="F174" s="1"/>
     </row>
     <row r="175" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
-      <c r="A175" s="12" t="s">
-        <v>149</v>
+      <c r="A175" s="11" t="s">
+        <v>142</v>
       </c>
       <c r="B175" s="7" t="s">
-        <v>118</v>
+        <v>77</v>
       </c>
       <c r="C175" s="7" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="D175" s="8">
-        <v>44846</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>42502</v>
+      </c>
+      <c r="E175" s="8">
+        <v>42659</v>
       </c>
       <c r="F175" s="1"/>
     </row>
     <row r="176" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A176" s="11" t="s">
-        <v>150</v>
+        <v>142</v>
       </c>
       <c r="B176" s="7" t="s">
-        <v>117</v>
+        <v>42</v>
       </c>
       <c r="C176" s="7" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="D176" s="8">
-        <v>41792</v>
-[...1 lines deleted...]
-      <c r="E176" s="8">
+        <v>42676</v>
+      </c>
+      <c r="E176" s="15">
         <v>43335</v>
       </c>
       <c r="F176" s="1"/>
     </row>
-    <row r="177" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+    <row r="177" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
       <c r="A177" s="11" t="s">
-        <v>150</v>
+        <v>142</v>
       </c>
       <c r="B177" s="7" t="s">
-        <v>93</v>
+        <v>173</v>
       </c>
       <c r="C177" s="7" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="D177" s="8">
-        <v>44894</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>43438</v>
+      </c>
+      <c r="E177" s="15">
+        <v>44801</v>
       </c>
       <c r="F177" s="1"/>
     </row>
     <row r="178" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A178" s="11" t="s">
-        <v>150</v>
+        <v>143</v>
       </c>
       <c r="B178" s="7" t="s">
-        <v>151</v>
+        <v>77</v>
       </c>
       <c r="C178" s="7" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="D178" s="8">
-        <v>44894</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>40774</v>
+      </c>
+      <c r="E178" s="8">
+        <v>41122</v>
       </c>
       <c r="F178" s="1"/>
     </row>
-    <row r="179" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
+    <row r="179" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A179" s="11" t="s">
-        <v>150</v>
+        <v>144</v>
       </c>
       <c r="B179" s="7" t="s">
-        <v>152</v>
+        <v>67</v>
       </c>
       <c r="C179" s="7" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="D179" s="8">
-        <v>44894</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>44901</v>
+      </c>
+      <c r="E179" s="8">
+        <v>45845</v>
       </c>
       <c r="F179" s="1"/>
     </row>
-    <row r="180" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>153</v>
+    <row r="180" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A180" s="11" t="s">
+        <v>144</v>
       </c>
       <c r="B180" s="7" t="s">
-        <v>73</v>
+        <v>10</v>
       </c>
       <c r="C180" s="7" t="s">
-        <v>107</v>
+        <v>8</v>
       </c>
       <c r="D180" s="8">
-        <v>39176</v>
+        <v>45827</v>
       </c>
       <c r="E180" s="8">
-        <v>39757</v>
+        <v>45979</v>
       </c>
       <c r="F180" s="1"/>
     </row>
-    <row r="181" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>153</v>
+    <row r="181" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="A181" s="13" t="s">
+        <v>145</v>
       </c>
       <c r="B181" s="7" t="s">
-        <v>154</v>
+        <v>32</v>
       </c>
       <c r="C181" s="7" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-        <v>39924</v>
+        <v>16</v>
+      </c>
+      <c r="D181" s="8">
+        <v>36223</v>
       </c>
       <c r="E181" s="15">
-        <v>40104</v>
+        <v>36954</v>
       </c>
       <c r="F181" s="1"/>
     </row>
-    <row r="182" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>153</v>
+    <row r="182" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="A182" s="11" t="s">
+        <v>145</v>
       </c>
       <c r="B182" s="7" t="s">
-        <v>103</v>
+        <v>48</v>
       </c>
       <c r="C182" s="7" t="s">
-        <v>107</v>
+        <v>16</v>
       </c>
       <c r="D182" s="8">
-        <v>40115</v>
+        <v>36977</v>
       </c>
       <c r="E182" s="8">
-        <v>40953</v>
+        <v>37692</v>
       </c>
       <c r="F182" s="1"/>
     </row>
     <row r="183" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A183" s="11" t="s">
-        <v>153</v>
+        <v>146</v>
       </c>
       <c r="B183" s="7" t="s">
-        <v>127</v>
+        <v>61</v>
       </c>
       <c r="C183" s="7" t="s">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="D183" s="15">
+        <v>8</v>
+      </c>
+      <c r="D183" s="8">
+        <v>41792</v>
+      </c>
+      <c r="E183" s="8">
+        <v>43019</v>
+      </c>
+      <c r="F183" s="1"/>
+    </row>
+    <row r="184" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A184" s="12" t="s">
+        <v>146</v>
+      </c>
+      <c r="B184" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="C184" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D184" s="8">
+        <v>43019</v>
+      </c>
+      <c r="E184" s="8">
+        <v>43335</v>
+      </c>
+      <c r="F184" s="1"/>
+    </row>
+    <row r="185" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A185" s="12" t="s">
+        <v>146</v>
+      </c>
+      <c r="B185" s="7" t="s">
+        <v>77</v>
+      </c>
+      <c r="C185" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D185" s="8">
         <v>43383</v>
       </c>
-      <c r="E183" s="15">
-[...17 lines deleted...]
-      <c r="E184" s="8">
+      <c r="E185" s="8">
+        <v>43998</v>
+      </c>
+      <c r="F185" s="1"/>
+    </row>
+    <row r="186" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A186" s="12" t="s">
+        <v>146</v>
+      </c>
+      <c r="B186" s="7" t="s">
+        <v>116</v>
+      </c>
+      <c r="C186" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D186" s="8">
+        <v>43998</v>
+      </c>
+      <c r="E186" s="8">
         <v>44801</v>
       </c>
-      <c r="F184" s="1"/>
-[...32 lines deleted...]
-      <c r="E186" s="15" t="s">
+      <c r="F186" s="1"/>
+    </row>
+    <row r="187" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A187" s="12" t="s">
+        <v>146</v>
+      </c>
+      <c r="B187" s="7" t="s">
+        <v>116</v>
+      </c>
+      <c r="C187" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D187" s="8">
+        <v>44846</v>
+      </c>
+      <c r="E187" s="8">
+        <v>45834</v>
+      </c>
+      <c r="F187" s="1"/>
+    </row>
+    <row r="188" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A188" s="12" t="s">
+        <v>146</v>
+      </c>
+      <c r="B188" s="7" t="s">
+        <v>77</v>
+      </c>
+      <c r="C188" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D188" s="8">
+        <v>45834</v>
+      </c>
+      <c r="E188" s="8">
+        <v>45996</v>
+      </c>
+      <c r="F188" s="1"/>
+    </row>
+    <row r="189" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A189" s="12" t="s">
+        <v>146</v>
+      </c>
+      <c r="B189" s="7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C189" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D189" s="8">
+        <v>45994</v>
+      </c>
+      <c r="E189" s="8" t="s">
         <v>36</v>
-      </c>
-[...52 lines deleted...]
-        <v>44168</v>
       </c>
       <c r="F189" s="1"/>
     </row>
     <row r="190" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A190" s="11" t="s">
-        <v>159</v>
+        <v>147</v>
       </c>
       <c r="B190" s="7" t="s">
-        <v>9</v>
+        <v>115</v>
       </c>
       <c r="C190" s="7" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="D190" s="8">
-        <v>37778</v>
-[...2 lines deleted...]
-        <v>38408</v>
+        <v>41792</v>
+      </c>
+      <c r="E190" s="8">
+        <v>43335</v>
       </c>
       <c r="F190" s="1"/>
     </row>
     <row r="191" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A191" s="11" t="s">
-        <v>159</v>
+        <v>147</v>
       </c>
       <c r="B191" s="7" t="s">
-        <v>160</v>
+        <v>91</v>
       </c>
       <c r="C191" s="7" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="D191" s="8">
-        <v>39227</v>
-[...2 lines deleted...]
-        <v>39757</v>
+        <v>44894</v>
+      </c>
+      <c r="E191" s="8" t="s">
+        <v>36</v>
       </c>
       <c r="F191" s="1"/>
     </row>
     <row r="192" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A192" s="11" t="s">
-        <v>159</v>
+        <v>147</v>
       </c>
       <c r="B192" s="7" t="s">
-        <v>73</v>
+        <v>148</v>
       </c>
       <c r="C192" s="7" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="D192" s="8">
-        <v>41171</v>
-[...2 lines deleted...]
-        <v>41180</v>
+        <v>44894</v>
+      </c>
+      <c r="E192" s="8" t="s">
+        <v>36</v>
       </c>
       <c r="F192" s="1"/>
     </row>
-    <row r="193" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+    <row r="193" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
       <c r="A193" s="11" t="s">
-        <v>159</v>
+        <v>147</v>
       </c>
       <c r="B193" s="7" t="s">
-        <v>73</v>
+        <v>149</v>
       </c>
       <c r="C193" s="7" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="D193" s="8">
-        <v>41373</v>
-[...2 lines deleted...]
-        <v>41703</v>
+        <v>44894</v>
+      </c>
+      <c r="E193" s="8" t="s">
+        <v>36</v>
       </c>
       <c r="F193" s="1"/>
     </row>
-    <row r="194" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="194" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
       <c r="A194" s="11" t="s">
-        <v>159</v>
+        <v>170</v>
       </c>
       <c r="B194" s="7" t="s">
-        <v>7</v>
+        <v>48</v>
       </c>
       <c r="C194" s="7" t="s">
-        <v>8</v>
-[...5 lines deleted...]
-        <v>43019</v>
+        <v>28</v>
+      </c>
+      <c r="D194" s="8">
+        <v>45922</v>
+      </c>
+      <c r="E194" s="8" t="s">
+        <v>36</v>
       </c>
       <c r="F194" s="1"/>
     </row>
     <row r="195" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
-      <c r="A195" s="11" t="s">
-        <v>159</v>
+      <c r="A195" s="12" t="s">
+        <v>150</v>
       </c>
       <c r="B195" s="7" t="s">
-        <v>23</v>
+        <v>72</v>
       </c>
       <c r="C195" s="7" t="s">
-        <v>8</v>
+        <v>105</v>
       </c>
       <c r="D195" s="8">
-        <v>43438</v>
-[...2 lines deleted...]
-        <v>43726</v>
+        <v>39176</v>
+      </c>
+      <c r="E195" s="8">
+        <v>39757</v>
       </c>
       <c r="F195" s="1"/>
     </row>
     <row r="196" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A196" s="11" t="s">
-        <v>159</v>
+        <v>150</v>
       </c>
       <c r="B196" s="7" t="s">
-        <v>62</v>
+        <v>151</v>
       </c>
       <c r="C196" s="7" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>43726</v>
+        <v>105</v>
+      </c>
+      <c r="D196" s="15">
+        <v>39924</v>
       </c>
       <c r="E196" s="15">
+        <v>40104</v>
+      </c>
+      <c r="F196" s="1"/>
+    </row>
+    <row r="197" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A197" s="12" t="s">
+        <v>150</v>
+      </c>
+      <c r="B197" s="7" t="s">
+        <v>101</v>
+      </c>
+      <c r="C197" s="7" t="s">
+        <v>105</v>
+      </c>
+      <c r="D197" s="8">
+        <v>40115</v>
+      </c>
+      <c r="E197" s="8">
+        <v>40953</v>
+      </c>
+      <c r="F197" s="1"/>
+    </row>
+    <row r="198" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A198" s="11" t="s">
+        <v>150</v>
+      </c>
+      <c r="B198" s="7" t="s">
+        <v>125</v>
+      </c>
+      <c r="C198" s="7" t="s">
+        <v>105</v>
+      </c>
+      <c r="D198" s="15">
+        <v>43383</v>
+      </c>
+      <c r="E198" s="15">
+        <v>40115</v>
+      </c>
+      <c r="F198" s="1"/>
+    </row>
+    <row r="199" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="A199" s="11" t="s">
+        <v>152</v>
+      </c>
+      <c r="B199" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="C199" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D199" s="8">
+        <v>43438</v>
+      </c>
+      <c r="E199" s="8">
         <v>44801</v>
       </c>
-      <c r="F196" s="1"/>
-[...52 lines deleted...]
-      </c>
       <c r="F199" s="1"/>
     </row>
-    <row r="200" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
+    <row r="200" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A200" s="11" t="s">
-        <v>162</v>
+        <v>171</v>
       </c>
       <c r="B200" s="7" t="s">
-        <v>49</v>
+        <v>72</v>
       </c>
       <c r="C200" s="7" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>36223</v>
+        <v>8</v>
+      </c>
+      <c r="D200" s="8">
+        <v>45148</v>
       </c>
       <c r="E200" s="8">
-        <v>36839</v>
+        <v>45634</v>
       </c>
       <c r="F200" s="1"/>
     </row>
-    <row r="201" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
+    <row r="201" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A201" s="11" t="s">
-        <v>162</v>
+        <v>171</v>
       </c>
       <c r="B201" s="7" t="s">
-        <v>97</v>
+        <v>119</v>
       </c>
       <c r="C201" s="7" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="D201" s="8">
-        <v>36839</v>
-[...2 lines deleted...]
-        <v>37294</v>
+        <v>45834</v>
+      </c>
+      <c r="E201" s="8" t="s">
+        <v>36</v>
       </c>
       <c r="F201" s="1"/>
     </row>
-    <row r="202" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
+    <row r="202" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A202" s="11" t="s">
-        <v>163</v>
+        <v>153</v>
       </c>
       <c r="B202" s="7" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="C202" s="7" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="D202" s="8">
-        <v>41220</v>
+        <v>43431</v>
       </c>
       <c r="E202" s="15">
-        <v>41681</v>
+        <v>44894</v>
       </c>
       <c r="F202" s="1"/>
     </row>
-    <row r="203" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
+    <row r="203" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A203" s="11" t="s">
-        <v>163</v>
+        <v>153</v>
       </c>
       <c r="B203" s="7" t="s">
-        <v>64</v>
+        <v>96</v>
       </c>
       <c r="C203" s="7" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="D203" s="8">
-        <v>41220</v>
-[...2 lines deleted...]
-        <v>41681</v>
+        <v>44894</v>
+      </c>
+      <c r="E203" s="15" t="s">
+        <v>36</v>
       </c>
       <c r="F203" s="1"/>
     </row>
-    <row r="204" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+    <row r="204" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
       <c r="A204" s="11" t="s">
-        <v>163</v>
+        <v>154</v>
       </c>
       <c r="B204" s="7" t="s">
-        <v>9</v>
+        <v>63</v>
       </c>
       <c r="C204" s="7" t="s">
         <v>8</v>
       </c>
       <c r="D204" s="8">
         <v>41682</v>
       </c>
       <c r="E204" s="15">
         <v>41703</v>
       </c>
       <c r="F204" s="1"/>
     </row>
-    <row r="205" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>164</v>
+    <row r="205" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="A205" s="12" t="s">
+        <v>154</v>
       </c>
       <c r="B205" s="7" t="s">
-        <v>86</v>
+        <v>70</v>
       </c>
       <c r="C205" s="7" t="s">
-        <v>87</v>
+        <v>8</v>
       </c>
       <c r="D205" s="8">
+        <v>43438</v>
+      </c>
+      <c r="E205" s="8">
+        <v>44801</v>
+      </c>
+      <c r="F205" s="1"/>
+    </row>
+    <row r="206" spans="1:6" ht="57" x14ac:dyDescent="0.25">
+      <c r="A206" s="11" t="s">
+        <v>154</v>
+      </c>
+      <c r="B206" s="7" t="s">
+        <v>155</v>
+      </c>
+      <c r="C206" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D206" s="8">
+        <v>43630</v>
+      </c>
+      <c r="E206" s="15">
+        <v>44168</v>
+      </c>
+      <c r="F206" s="1"/>
+    </row>
+    <row r="207" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A207" s="11" t="s">
+        <v>156</v>
+      </c>
+      <c r="B207" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C207" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D207" s="8">
+        <v>37778</v>
+      </c>
+      <c r="E207" s="15">
+        <v>38408</v>
+      </c>
+      <c r="F207" s="1"/>
+    </row>
+    <row r="208" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A208" s="11" t="s">
+        <v>156</v>
+      </c>
+      <c r="B208" s="7" t="s">
+        <v>157</v>
+      </c>
+      <c r="C208" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D208" s="8">
+        <v>39227</v>
+      </c>
+      <c r="E208" s="15">
+        <v>39757</v>
+      </c>
+      <c r="F208" s="1"/>
+    </row>
+    <row r="209" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A209" s="11" t="s">
+        <v>156</v>
+      </c>
+      <c r="B209" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="C209" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D209" s="8">
+        <v>41171</v>
+      </c>
+      <c r="E209" s="8">
+        <v>41180</v>
+      </c>
+      <c r="F209" s="1"/>
+    </row>
+    <row r="210" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A210" s="11" t="s">
+        <v>156</v>
+      </c>
+      <c r="B210" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="C210" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D210" s="8">
+        <v>41373</v>
+      </c>
+      <c r="E210" s="8">
+        <v>41703</v>
+      </c>
+      <c r="F210" s="1"/>
+    </row>
+    <row r="211" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A211" s="11" t="s">
+        <v>156</v>
+      </c>
+      <c r="B211" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="C211" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D211" s="15">
+        <v>41752</v>
+      </c>
+      <c r="E211" s="8">
+        <v>43019</v>
+      </c>
+      <c r="F211" s="1"/>
+    </row>
+    <row r="212" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A212" s="11" t="s">
+        <v>156</v>
+      </c>
+      <c r="B212" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="C212" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D212" s="8">
+        <v>43438</v>
+      </c>
+      <c r="E212" s="15">
+        <v>43726</v>
+      </c>
+      <c r="F212" s="1"/>
+    </row>
+    <row r="213" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A213" s="11" t="s">
+        <v>156</v>
+      </c>
+      <c r="B213" s="7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C213" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D213" s="8">
+        <v>43726</v>
+      </c>
+      <c r="E213" s="15">
+        <v>44801</v>
+      </c>
+      <c r="F213" s="1"/>
+    </row>
+    <row r="214" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A214" s="11" t="s">
+        <v>158</v>
+      </c>
+      <c r="B214" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C214" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D214" s="8">
+        <v>40590</v>
+      </c>
+      <c r="E214" s="15">
+        <v>41122</v>
+      </c>
+      <c r="F214" s="1"/>
+    </row>
+    <row r="215" spans="1:6" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A215" s="12" t="s">
+        <v>159</v>
+      </c>
+      <c r="B215" s="7" t="s">
+        <v>50</v>
+      </c>
+      <c r="C215" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D215" s="8">
+        <v>34603</v>
+      </c>
+      <c r="E215" s="8">
+        <v>35235</v>
+      </c>
+      <c r="F215" s="1"/>
+    </row>
+    <row r="216" spans="1:6" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A216" s="11" t="s">
+        <v>159</v>
+      </c>
+      <c r="B216" s="7" t="s">
+        <v>69</v>
+      </c>
+      <c r="C216" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D216" s="8">
+        <v>35136</v>
+      </c>
+      <c r="E216" s="8">
+        <v>35234</v>
+      </c>
+      <c r="F216" s="1"/>
+    </row>
+    <row r="217" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="A217" s="11" t="s">
+        <v>159</v>
+      </c>
+      <c r="B217" s="7" t="s">
+        <v>48</v>
+      </c>
+      <c r="C217" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D217" s="15">
+        <v>36223</v>
+      </c>
+      <c r="E217" s="8">
+        <v>36839</v>
+      </c>
+      <c r="F217" s="1"/>
+    </row>
+    <row r="218" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="A218" s="11" t="s">
+        <v>159</v>
+      </c>
+      <c r="B218" s="7" t="s">
+        <v>95</v>
+      </c>
+      <c r="C218" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D218" s="8">
+        <v>36839</v>
+      </c>
+      <c r="E218" s="8">
+        <v>37294</v>
+      </c>
+      <c r="F218" s="1"/>
+    </row>
+    <row r="219" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="A219" s="11" t="s">
+        <v>160</v>
+      </c>
+      <c r="B219" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C219" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D219" s="8">
+        <v>41220</v>
+      </c>
+      <c r="E219" s="15">
+        <v>41681</v>
+      </c>
+      <c r="F219" s="1"/>
+    </row>
+    <row r="220" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="A220" s="11" t="s">
+        <v>160</v>
+      </c>
+      <c r="B220" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C220" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D220" s="8">
+        <v>41220</v>
+      </c>
+      <c r="E220" s="15">
+        <v>41681</v>
+      </c>
+      <c r="F220" s="1"/>
+    </row>
+    <row r="221" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A221" s="11" t="s">
+        <v>160</v>
+      </c>
+      <c r="B221" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C221" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D221" s="8">
+        <v>41682</v>
+      </c>
+      <c r="E221" s="15">
+        <v>41703</v>
+      </c>
+      <c r="F221" s="1"/>
+    </row>
+    <row r="222" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A222" s="11" t="s">
+        <v>161</v>
+      </c>
+      <c r="B222" s="7" t="s">
+        <v>84</v>
+      </c>
+      <c r="C222" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="D222" s="8">
         <v>45072</v>
       </c>
-      <c r="E205" s="8" t="s">
+      <c r="E222" s="8" t="s">
         <v>36</v>
       </c>
-      <c r="F205" s="1"/>
-[...11 lines deleted...]
-      <c r="D206" s="8">
+      <c r="F222" s="1"/>
+    </row>
+    <row r="223" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A223" s="11" t="s">
+        <v>162</v>
+      </c>
+      <c r="B223" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C223" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D223" s="8">
         <v>41792</v>
       </c>
-      <c r="E206" s="8">
+      <c r="E223" s="8">
         <v>41911</v>
       </c>
-      <c r="F206" s="1"/>
-[...79 lines deleted...]
-    <row r="223" spans="1:6" x14ac:dyDescent="0.25">
       <c r="F223" s="1"/>
     </row>
     <row r="224" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A224" s="11"/>
+      <c r="B224" s="7"/>
+      <c r="C224" s="7"/>
+      <c r="D224" s="8"/>
+      <c r="E224" s="8"/>
       <c r="F224" s="1"/>
     </row>
-    <row r="225" spans="6:6" x14ac:dyDescent="0.25">
+    <row r="225" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A225" s="11"/>
+      <c r="B225" s="7"/>
+      <c r="C225" s="7"/>
+      <c r="D225" s="8"/>
+      <c r="E225" s="8"/>
       <c r="F225" s="1"/>
     </row>
-    <row r="226" spans="6:6" x14ac:dyDescent="0.25">
+    <row r="226" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A226" s="11"/>
+      <c r="B226" s="7"/>
+      <c r="C226" s="7"/>
+      <c r="D226" s="8"/>
+      <c r="E226" s="8"/>
       <c r="F226" s="1"/>
     </row>
-    <row r="227" spans="6:6" x14ac:dyDescent="0.25">
+    <row r="227" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A227" s="11"/>
+      <c r="B227" s="7"/>
+      <c r="C227" s="7"/>
+      <c r="D227" s="8"/>
+      <c r="E227" s="8"/>
       <c r="F227" s="1"/>
     </row>
-    <row r="228" spans="6:6" x14ac:dyDescent="0.25">
+    <row r="228" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A228" s="11"/>
+      <c r="B228" s="7"/>
+      <c r="C228" s="7"/>
+      <c r="D228" s="8"/>
+      <c r="E228" s="8"/>
       <c r="F228" s="1"/>
     </row>
-    <row r="229" spans="6:6" x14ac:dyDescent="0.25">
+    <row r="229" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A229" s="11"/>
+      <c r="B229" s="7"/>
+      <c r="C229" s="7"/>
+      <c r="D229" s="8"/>
+      <c r="E229" s="8"/>
       <c r="F229" s="1"/>
     </row>
-    <row r="230" spans="6:6" x14ac:dyDescent="0.25">
+    <row r="230" spans="1:6" x14ac:dyDescent="0.25">
       <c r="F230" s="1"/>
     </row>
-    <row r="231" spans="6:6" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="231" spans="1:6" x14ac:dyDescent="0.25">
       <c r="F231" s="1"/>
     </row>
-    <row r="232" spans="6:6" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-    <row r="234" spans="6:6" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="232" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="F232" s="1"/>
+    </row>
+    <row r="233" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="F233" s="2"/>
+    </row>
+    <row r="234" spans="1:6" x14ac:dyDescent="0.25">
       <c r="F234" s="1"/>
     </row>
-    <row r="235" spans="6:6" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="235" spans="1:6" x14ac:dyDescent="0.25">
       <c r="F235" s="1"/>
     </row>
-    <row r="236" spans="6:6" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="236" spans="1:6" x14ac:dyDescent="0.25">
       <c r="F236" s="1"/>
     </row>
-    <row r="237" spans="6:6" x14ac:dyDescent="0.25">
+    <row r="237" spans="1:6" x14ac:dyDescent="0.25">
       <c r="F237" s="1"/>
     </row>
-    <row r="238" spans="6:6" x14ac:dyDescent="0.25">
+    <row r="238" spans="1:6" x14ac:dyDescent="0.25">
       <c r="F238" s="1"/>
     </row>
-    <row r="239" spans="6:6" x14ac:dyDescent="0.25">
+    <row r="239" spans="1:6" x14ac:dyDescent="0.25">
       <c r="F239" s="1"/>
     </row>
-    <row r="240" spans="6:6" x14ac:dyDescent="0.25">
+    <row r="240" spans="1:6" x14ac:dyDescent="0.25">
       <c r="F240" s="1"/>
     </row>
     <row r="241" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F241" s="1"/>
     </row>
     <row r="242" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F242" s="1"/>
     </row>
     <row r="243" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F243" s="1"/>
     </row>
-    <row r="244" spans="6:6" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="244" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F244" s="1"/>
     </row>
     <row r="245" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F245" s="1"/>
     </row>
     <row r="246" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F246" s="1"/>
     </row>
     <row r="247" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F247" s="1"/>
     </row>
-    <row r="248" spans="6:6" x14ac:dyDescent="0.25">
+    <row r="248" spans="6:6" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F248" s="1"/>
     </row>
-    <row r="249" spans="6:6" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-    <row r="250" spans="6:6" x14ac:dyDescent="0.25">
+    <row r="249" spans="6:6" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="F249" s="5"/>
+    </row>
+    <row r="250" spans="6:6" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F250" s="1"/>
     </row>
-    <row r="251" spans="6:6" x14ac:dyDescent="0.25">
+    <row r="251" spans="6:6" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F251" s="1"/>
     </row>
-    <row r="252" spans="6:6" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="252" spans="6:6" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F252" s="1"/>
     </row>
-    <row r="253" spans="6:6" x14ac:dyDescent="0.25">
+    <row r="253" spans="6:6" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F253" s="1"/>
     </row>
     <row r="254" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F254" s="1"/>
     </row>
     <row r="255" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F255" s="1"/>
     </row>
     <row r="256" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F256" s="1"/>
     </row>
     <row r="257" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F257" s="1"/>
     </row>
     <row r="258" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F258" s="1"/>
     </row>
     <row r="259" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F259" s="1"/>
     </row>
     <row r="260" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F260" s="1"/>
     </row>
-    <row r="261" spans="6:6" x14ac:dyDescent="0.25">
+    <row r="261" spans="6:6" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F261" s="1"/>
     </row>
     <row r="262" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F262" s="1"/>
     </row>
     <row r="263" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F263" s="1"/>
     </row>
     <row r="264" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F264" s="1"/>
     </row>
     <row r="265" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F265" s="1"/>
     </row>
     <row r="266" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F266" s="1"/>
     </row>
     <row r="267" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F267" s="1"/>
     </row>
     <row r="268" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F268" s="1"/>
     </row>
-    <row r="269" spans="6:6" x14ac:dyDescent="0.25">
+    <row r="269" spans="6:6" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F269" s="1"/>
     </row>
     <row r="270" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F270" s="1"/>
     </row>
     <row r="271" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F271" s="1"/>
     </row>
     <row r="272" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F272" s="1"/>
     </row>
     <row r="273" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F273" s="1"/>
     </row>
     <row r="274" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F274" s="1"/>
     </row>
     <row r="275" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F275" s="1"/>
     </row>
     <row r="276" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F276" s="1"/>
     </row>
     <row r="277" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F277" s="1"/>
@@ -5778,423 +6056,528 @@
     </row>
     <row r="436" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F436" s="1"/>
     </row>
     <row r="437" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F437" s="1"/>
     </row>
     <row r="438" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F438" s="1"/>
     </row>
     <row r="439" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F439" s="1"/>
     </row>
     <row r="440" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F440" s="1"/>
     </row>
     <row r="441" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F441" s="1"/>
     </row>
     <row r="442" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F442" s="1"/>
     </row>
     <row r="443" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F443" s="1"/>
     </row>
+    <row r="444" spans="6:6" x14ac:dyDescent="0.25">
+      <c r="F444" s="1"/>
+    </row>
+    <row r="445" spans="6:6" x14ac:dyDescent="0.25">
+      <c r="F445" s="1"/>
+    </row>
     <row r="446" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F446" s="1"/>
     </row>
     <row r="447" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F447" s="1"/>
     </row>
+    <row r="448" spans="6:6" x14ac:dyDescent="0.25">
+      <c r="F448" s="1"/>
+    </row>
     <row r="449" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F449" s="1"/>
     </row>
+    <row r="450" spans="6:6" x14ac:dyDescent="0.25">
+      <c r="F450" s="1"/>
+    </row>
     <row r="451" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F451" s="1"/>
     </row>
+    <row r="452" spans="6:6" x14ac:dyDescent="0.25">
+      <c r="F452" s="1"/>
+    </row>
+    <row r="453" spans="6:6" x14ac:dyDescent="0.25">
+      <c r="F453" s="1"/>
+    </row>
     <row r="454" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F454" s="1"/>
     </row>
     <row r="455" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F455" s="1"/>
     </row>
     <row r="456" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F456" s="1"/>
     </row>
     <row r="457" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F457" s="1"/>
     </row>
     <row r="458" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F458" s="1"/>
     </row>
     <row r="459" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F459" s="1"/>
     </row>
     <row r="460" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F460" s="1"/>
     </row>
-    <row r="461" spans="6:6" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-    </row>
     <row r="463" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F463" s="1"/>
     </row>
     <row r="464" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F464" s="1"/>
     </row>
-    <row r="465" spans="6:6" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-    </row>
     <row r="466" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F466" s="1"/>
     </row>
-    <row r="467" spans="6:6" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-    </row>
     <row r="468" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F468" s="1"/>
     </row>
-    <row r="469" spans="6:6" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-    </row>
     <row r="471" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F471" s="1"/>
     </row>
     <row r="472" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F472" s="1"/>
     </row>
     <row r="473" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F473" s="1"/>
     </row>
     <row r="474" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F474" s="1"/>
     </row>
     <row r="475" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F475" s="1"/>
     </row>
     <row r="476" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F476" s="1"/>
     </row>
     <row r="477" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F477" s="1"/>
     </row>
     <row r="478" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F478" s="1"/>
     </row>
     <row r="479" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F479" s="1"/>
     </row>
     <row r="480" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F480" s="1"/>
     </row>
     <row r="481" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F481" s="1"/>
     </row>
     <row r="482" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F482" s="1"/>
     </row>
     <row r="483" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F483" s="1"/>
     </row>
     <row r="484" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F484" s="1"/>
     </row>
     <row r="485" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F485" s="1"/>
     </row>
     <row r="486" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F486" s="1"/>
     </row>
     <row r="487" spans="6:6" x14ac:dyDescent="0.25">
-      <c r="F487" s="3"/>
+      <c r="F487" s="1"/>
     </row>
     <row r="488" spans="6:6" x14ac:dyDescent="0.25">
-      <c r="F488" s="3"/>
+      <c r="F488" s="1"/>
     </row>
     <row r="489" spans="6:6" x14ac:dyDescent="0.25">
-      <c r="F489" s="3"/>
+      <c r="F489" s="1"/>
     </row>
     <row r="490" spans="6:6" x14ac:dyDescent="0.25">
-      <c r="F490" s="3"/>
+      <c r="F490" s="1"/>
     </row>
     <row r="491" spans="6:6" x14ac:dyDescent="0.25">
-      <c r="F491" s="3"/>
+      <c r="F491" s="1"/>
     </row>
     <row r="492" spans="6:6" x14ac:dyDescent="0.25">
-      <c r="F492" s="3"/>
+      <c r="F492" s="1"/>
     </row>
     <row r="493" spans="6:6" x14ac:dyDescent="0.25">
-      <c r="F493" s="3"/>
+      <c r="F493" s="1"/>
     </row>
     <row r="494" spans="6:6" x14ac:dyDescent="0.25">
-      <c r="F494" s="3"/>
+      <c r="F494" s="1"/>
     </row>
     <row r="495" spans="6:6" x14ac:dyDescent="0.25">
-      <c r="F495" s="3"/>
+      <c r="F495" s="1"/>
     </row>
     <row r="496" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F496" s="1"/>
     </row>
+    <row r="497" spans="6:6" x14ac:dyDescent="0.25">
+      <c r="F497" s="1"/>
+    </row>
+    <row r="498" spans="6:6" x14ac:dyDescent="0.25">
+      <c r="F498" s="1"/>
+    </row>
+    <row r="499" spans="6:6" x14ac:dyDescent="0.25">
+      <c r="F499" s="1"/>
+    </row>
+    <row r="500" spans="6:6" x14ac:dyDescent="0.25">
+      <c r="F500" s="1"/>
+    </row>
+    <row r="501" spans="6:6" x14ac:dyDescent="0.25">
+      <c r="F501" s="1"/>
+    </row>
+    <row r="502" spans="6:6" x14ac:dyDescent="0.25">
+      <c r="F502" s="1"/>
+    </row>
+    <row r="503" spans="6:6" x14ac:dyDescent="0.25">
+      <c r="F503" s="1"/>
+    </row>
+    <row r="504" spans="6:6" x14ac:dyDescent="0.25">
+      <c r="F504" s="3"/>
+    </row>
+    <row r="505" spans="6:6" x14ac:dyDescent="0.25">
+      <c r="F505" s="3"/>
+    </row>
+    <row r="506" spans="6:6" x14ac:dyDescent="0.25">
+      <c r="F506" s="3"/>
+    </row>
+    <row r="507" spans="6:6" x14ac:dyDescent="0.25">
+      <c r="F507" s="3"/>
+    </row>
+    <row r="508" spans="6:6" x14ac:dyDescent="0.25">
+      <c r="F508" s="3"/>
+    </row>
+    <row r="509" spans="6:6" x14ac:dyDescent="0.25">
+      <c r="F509" s="3"/>
+    </row>
+    <row r="510" spans="6:6" x14ac:dyDescent="0.25">
+      <c r="F510" s="3"/>
+    </row>
+    <row r="511" spans="6:6" x14ac:dyDescent="0.25">
+      <c r="F511" s="3"/>
+    </row>
+    <row r="512" spans="6:6" x14ac:dyDescent="0.25">
+      <c r="F512" s="3"/>
+    </row>
+    <row r="513" spans="6:6" x14ac:dyDescent="0.25">
+      <c r="F513" s="1"/>
+    </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="D38:D48">
-    <sortCondition ref="D38"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="D40:D50">
+    <sortCondition ref="D40"/>
   </sortState>
   <mergeCells count="1">
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="A83" r:id="rId1" display="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" xr:uid="{CD8F7A77-F8F5-4974-BAB2-8CCBE24347B8}"/>
-[...2 lines deleted...]
-    <hyperlink ref="A138" r:id="rId4" display="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/index.html" xr:uid="{C98E03B3-9A00-4F31-B876-8D93D3FFE708}"/>
+    <hyperlink ref="A90" r:id="rId1" display="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" xr:uid="{CD8F7A77-F8F5-4974-BAB2-8CCBE24347B8}"/>
+    <hyperlink ref="A68" r:id="rId2" display="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" xr:uid="{5B9CCE93-0375-43D5-B625-BC0119304786}"/>
+    <hyperlink ref="A92" r:id="rId3" display="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" xr:uid="{A4B31BF6-44E8-4C6D-B064-26AD163C593B}"/>
+    <hyperlink ref="A148" r:id="rId4" display="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/index.html" xr:uid="{C98E03B3-9A00-4F31-B876-8D93D3FFE708}"/>
     <hyperlink ref="A5" r:id="rId5" display="http://www.assnat.qc.ca/fr/deputes/anglade-dominique-16499/index.html" xr:uid="{4BBA80A3-AAF5-4BDA-9BA9-E7099114483A}"/>
-    <hyperlink ref="A100" r:id="rId6" display="http://www.assnat.qc.ca/fr/deputes/lachapelle-huguette-3847/index.html" xr:uid="{D5085E01-6813-4C24-8F34-4C9B2FF7DC12}"/>
-[...37 lines deleted...]
-    <hyperlink ref="A28" r:id="rId44" display="http://www.assnat.qc.ca/fr/deputes/carrier-perreault-denise-2437/index.html" xr:uid="{5326658B-D10C-43B1-86AB-9F34505D9193}"/>
+    <hyperlink ref="A107" r:id="rId6" display="http://www.assnat.qc.ca/fr/deputes/lachapelle-huguette-3847/index.html" xr:uid="{D5085E01-6813-4C24-8F34-4C9B2FF7DC12}"/>
+    <hyperlink ref="A25" r:id="rId7" display="http://www.assnat.qc.ca/fr/deputes/caron-jocelyne-2411/index.html" xr:uid="{3831D0B6-DA4A-4394-875B-0B11D8D0C23B}"/>
+    <hyperlink ref="A24" r:id="rId8" display="http://www.assnat.qc.ca/fr/deputes/caron-jocelyne-2411/index.html" xr:uid="{2B2C28DF-ECA3-4488-B297-E7918E9F0348}"/>
+    <hyperlink ref="A36" r:id="rId9" display="http://www.assnat.qc.ca/fr/deputes/charlebois-lucie-1017/index.html" xr:uid="{C4BA1A35-5507-4F00-A2F1-733DB11F9ABA}"/>
+    <hyperlink ref="A129" r:id="rId10" display="http://www.assnat.qc.ca/fr/deputes/lemieux-diane-4157/index.html" xr:uid="{4EE05CEF-DB42-40A0-A72D-6407CFF1B650}"/>
+    <hyperlink ref="A130" r:id="rId11" display="http://www.assnat.qc.ca/fr/deputes/lemieux-diane-4157/index.html" xr:uid="{D94778E1-C423-4752-B920-1A77FE0277B2}"/>
+    <hyperlink ref="A170" r:id="rId12" xr:uid="{90658A37-CBC6-47A5-84F3-4ED327A5B2CC}"/>
+    <hyperlink ref="A171" r:id="rId13" xr:uid="{CC23B1A6-CBBB-4BC0-8CCC-BB5AF1DE3792}"/>
+    <hyperlink ref="A172" r:id="rId14" xr:uid="{EFED4068-3923-4774-849A-D2AD23400C63}"/>
+    <hyperlink ref="A195" r:id="rId15" display="http://www.assnat.qc.ca/fr/deputes/roy-sylvie-1201/index.html" xr:uid="{7B4C0F7F-269D-41C3-8A50-7E052CA8A79A}"/>
+    <hyperlink ref="A197" r:id="rId16" display="http://www.assnat.qc.ca/fr/deputes/roy-sylvie-1201/index.html" xr:uid="{272D79D1-A5D5-46EC-86C6-D20F69CEDBB3}"/>
+    <hyperlink ref="A196" r:id="rId17" display="http://www.assnat.qc.ca/fr/deputes/roy-sylvie-1201/index.html" xr:uid="{1790810D-B478-42FD-91E3-4495AB66832E}"/>
+    <hyperlink ref="A198" r:id="rId18" display="http://www.assnat.qc.ca/fr/deputes/roy-sylvie-1201/index.html" xr:uid="{84198923-ACA2-4823-B372-3C019B8E6322}"/>
+    <hyperlink ref="A123" r:id="rId19" display="http://www.assnat.qc.ca/fr/deputes/leger-nicole-63/index.html" xr:uid="{7BD22143-8D2C-4676-8534-EAF4818A390B}"/>
+    <hyperlink ref="A121" r:id="rId20" display="http://www.assnat.qc.ca/fr/deputes/leger-nicole-63/index.html" xr:uid="{E9242B9C-8D3F-4F21-877A-151DEE700201}"/>
+    <hyperlink ref="A126" r:id="rId21" display="http://www.assnat.qc.ca/fr/deputes/leger-nicole-63/index.html" xr:uid="{0FA604CA-DC65-42D7-91F9-EBF2CE078C0A}"/>
+    <hyperlink ref="A125" r:id="rId22" display="http://www.assnat.qc.ca/fr/deputes/leger-nicole-63/index.html" xr:uid="{E529AE8A-69E0-4DE8-860B-08B2CE3655EE}"/>
+    <hyperlink ref="A127" r:id="rId23" display="http://www.assnat.qc.ca/fr/deputes/leger-nicole-63/index.html" xr:uid="{F1AC1AF2-693F-4333-AE17-5C41479CC695}"/>
+    <hyperlink ref="A167" r:id="rId24" display="http://www.assnat.qc.ca/fr/deputes/poirier-carole-9/index.html" xr:uid="{80F3E7B5-CA39-43FE-B5E6-F20C14018015}"/>
+    <hyperlink ref="A168" r:id="rId25" xr:uid="{257CA623-CF1E-4947-B6DE-89C2B2BC8A4C}"/>
+    <hyperlink ref="A158" r:id="rId26" display="http://www.assnat.qc.ca/fr/deputes/menard-nicole-113/index.html" xr:uid="{591D3726-2992-472C-AFBD-41F376FBD825}"/>
+    <hyperlink ref="A156" r:id="rId27" display="http://www.assnat.qc.ca/fr/deputes/menard-nicole-113/index.html" xr:uid="{83377C68-B00A-4480-AADD-4DD0E15CBFA0}"/>
+    <hyperlink ref="A155" r:id="rId28" display="http://www.assnat.qc.ca/fr/deputes/menard-nicole-113/index.html" xr:uid="{F46AA958-B587-463C-8C13-11A725E5115B}"/>
+    <hyperlink ref="A124" r:id="rId29" display="http://www.assnat.qc.ca/fr/deputes/leger-nicole-63/index.html" xr:uid="{A14DED00-E32B-4348-8C12-605271158DF1}"/>
+    <hyperlink ref="A186" r:id="rId30" display="http://www.assnat.qc.ca/fr/deputes/rotiroti-filomena-1171/index.html" xr:uid="{C58C68E3-2372-4DD4-B3CD-54ECDE566978}"/>
+    <hyperlink ref="A185" r:id="rId31" display="http://www.assnat.qc.ca/fr/deputes/rotiroti-filomena-1171/index.html" xr:uid="{5FB54169-519F-407D-BC01-B255B4A49BB0}"/>
+    <hyperlink ref="A184" r:id="rId32" display="http://www.assnat.qc.ca/fr/deputes/rotiroti-filomena-1171/index.html" xr:uid="{E96BC252-D265-462E-8AE1-E7A2832EF69C}"/>
+    <hyperlink ref="A64" r:id="rId33" display="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" xr:uid="{48A8DC0D-40B6-42B4-AFCE-C3FD029F8F66}"/>
+    <hyperlink ref="A178" r:id="rId34" display="http://www.assnat.qc.ca/fr/deputes/richard-monique-409/index.html" xr:uid="{C3D5F95B-B70F-4A53-9454-C08D46C9874C}"/>
+    <hyperlink ref="A175" r:id="rId35" display="http://www.assnat.qc.ca/fr/deputes/richard-lorraine-287/index.html" xr:uid="{FB5A47CF-739D-4F28-926A-DE297F28507D}"/>
+    <hyperlink ref="A190" r:id="rId36" display="http://www.assnat.qc.ca/fr/deputes/roy-nathalie-12187/index.html" xr:uid="{3B377681-0DCB-40B2-9FE3-E6CD5F3CD41B}"/>
+    <hyperlink ref="A217" r:id="rId37" display="http://www.assnat.qc.ca/fr/deputes/vermette-cecile-5695/index.html" xr:uid="{D41FBB71-3BB6-4F98-884D-9EBF6B69E0E3}"/>
+    <hyperlink ref="A35" r:id="rId38" display="http://www.assnat.qc.ca/fr/deputes/charest-solange-2521/index.html" xr:uid="{75B6ED30-4888-4C3D-B2DF-EDB47213F726}"/>
+    <hyperlink ref="A182" r:id="rId39" display="http://www.assnat.qc.ca/fr/deputes/robert-helene-5113/index.html" xr:uid="{E554A4F0-13BA-4D47-A761-B44BD0F2614F}"/>
+    <hyperlink ref="A55" r:id="rId40" display="http://www.assnat.qc.ca/fr/deputes/dionne-marsolais-rita-2915/index.html" xr:uid="{B0EFDAC4-74AF-4E3A-A0A4-01078DA8E043}"/>
+    <hyperlink ref="A166" r:id="rId41" display="http://www.assnat.qc.ca/fr/deputes/perreault-sarah-5829/index.html" xr:uid="{95C4384E-9512-4648-AB03-461E43F69A92}"/>
+    <hyperlink ref="A112" r:id="rId42" display="http://www.assnat.qc.ca/fr/deputes/lavoie-roux-therese-4045/index.html" xr:uid="{F334232C-7111-45CF-B4D4-E8AEACD76D38}"/>
+    <hyperlink ref="A144" r:id="rId43" display="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/index.html" xr:uid="{495D3256-80EE-420C-9B39-DE0513A831F3}"/>
+    <hyperlink ref="A30" r:id="rId44" display="http://www.assnat.qc.ca/fr/deputes/carrier-perreault-denise-2437/index.html" xr:uid="{5326658B-D10C-43B1-86AB-9F34505D9193}"/>
     <hyperlink ref="A11" r:id="rId45" display="http://www.assnat.qc.ca/fr/deputes/beaudoin-louise-293/index.html" xr:uid="{DE615160-6530-40D3-8525-3CEBF69322D4}"/>
-    <hyperlink ref="A90" r:id="rId46" display="http://www.assnat.qc.ca/fr/deputes/hivon-veronique-27/index.html" xr:uid="{C49C4B77-7439-419B-B5E7-3A49E4E1FC0B}"/>
-[...6 lines deleted...]
-    <hyperlink ref="A94" r:id="rId53" display="http://www.assnat.qc.ca/fr/deputes/houda-pepin-fatima-61/index.html" xr:uid="{E801A5E8-A91A-493E-BEB6-A8308E1AF6C3}"/>
+    <hyperlink ref="A97" r:id="rId46" display="http://www.assnat.qc.ca/fr/deputes/hivon-veronique-27/index.html" xr:uid="{C49C4B77-7439-419B-B5E7-3A49E4E1FC0B}"/>
+    <hyperlink ref="A173" r:id="rId47" display="http://www.assnat.qc.ca/fr/deputes/proulx-suzanne-12235/index.html" xr:uid="{FA0BAD55-D06F-45A9-AB46-D03C4474920B}"/>
+    <hyperlink ref="A98" r:id="rId48" display="http://www.assnat.qc.ca/fr/deputes/hivon-veronique-27/index.html" xr:uid="{C66DF8A7-30D3-4936-91E3-AC96CC6CA56E}"/>
+    <hyperlink ref="A49" r:id="rId49" display="http://www.assnat.qc.ca/fr/deputes/david-helene-15379/index.html" xr:uid="{F1837653-5F8F-4097-A1F4-051A525014AC}"/>
+    <hyperlink ref="A91" r:id="rId50" display="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" xr:uid="{61CFE749-0361-441D-9DA7-7664F0CE0C15}"/>
+    <hyperlink ref="A120" r:id="rId51" display="http://www.assnat.qc.ca/fr/deputes/l-ecuyer-charlotte-51/index.html" xr:uid="{9E4598F4-A583-4606-9077-1ADF3242AC9D}"/>
+    <hyperlink ref="A59" r:id="rId52" display="http://www.assnat.qc.ca/fr/deputes/doyer-danielle-91/index.html" xr:uid="{FC1E3C10-254F-44A8-A40B-8BF82C2ED0FC}"/>
+    <hyperlink ref="A101" r:id="rId53" display="http://www.assnat.qc.ca/fr/deputes/houda-pepin-fatima-61/index.html" xr:uid="{E801A5E8-A91A-493E-BEB6-A8308E1AF6C3}"/>
     <hyperlink ref="A10" r:id="rId54" display="http://www.assnat.qc.ca/fr/deputes/beaudoin-denise-727/index.html" xr:uid="{5C17F3C6-8747-49CF-8EE9-E05997C8C5EA}"/>
-    <hyperlink ref="A188" r:id="rId55" display="http://www.assnat.qc.ca/fr/deputes/st-pierre-christine-1235/index.html" xr:uid="{12C3AC65-44B5-4302-9D52-47103453333D}"/>
-[...5 lines deleted...]
-    <hyperlink ref="A149" r:id="rId61" display="http://www.assnat.qc.ca/fr/deputes/montpetit-marie-15369/index.html" xr:uid="{56098D8E-2E07-474F-9120-2A86931FB436}"/>
+    <hyperlink ref="A205" r:id="rId55" display="http://www.assnat.qc.ca/fr/deputes/st-pierre-christine-1235/index.html" xr:uid="{12C3AC65-44B5-4302-9D52-47103453333D}"/>
+    <hyperlink ref="A216" r:id="rId56" display="http://www.assnat.qc.ca/fr/deputes/vermette-cecile-5695/index.html" xr:uid="{1ABCFC59-F178-4395-A356-EE50BEB8DCA2}"/>
+    <hyperlink ref="A218" r:id="rId57" display="http://www.assnat.qc.ca/fr/deputes/vermette-cecile-5695/index.html" xr:uid="{647AA8EC-283D-44A1-90E7-79AE57CC8C41}"/>
+    <hyperlink ref="A93" r:id="rId58" display="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" xr:uid="{8A275B7D-5205-4972-83D1-F4C143AEF2C3}"/>
+    <hyperlink ref="A58" r:id="rId59" display="http://www.assnat.qc.ca/fr/deputes/doyer-danielle-91/index.html" xr:uid="{8ADC331C-FD8E-4E66-8380-B454BD683AFC}"/>
+    <hyperlink ref="A20" r:id="rId60" display="http://www.assnat.qc.ca/fr/deputes/bouille-marie-155/index.html" xr:uid="{7F3EE3C1-2A17-4BD0-BE7D-636E0501DAA7}"/>
+    <hyperlink ref="A159" r:id="rId61" display="http://www.assnat.qc.ca/fr/deputes/montpetit-marie-15369/index.html" xr:uid="{56098D8E-2E07-474F-9120-2A86931FB436}"/>
     <hyperlink ref="A7" r:id="rId62" display="http://www.assnat.qc.ca/fr/deputes/bacon-lise-1807/index.html" xr:uid="{B713022F-64B9-470A-A4E9-586E579C8A51}"/>
     <hyperlink ref="A13" r:id="rId63" display="http://www.assnat.qc.ca/fr/deputes/belanger-madeleine-1973/index.html" xr:uid="{C3750C57-3251-497F-8D50-D11602A71559}"/>
     <hyperlink ref="A14" r:id="rId64" display="http://www.assnat.qc.ca/fr/deputes/belanger-madeleine-1973/index.html" xr:uid="{FC73AD3B-0428-480D-B46A-4FCDEAB424C8}"/>
-    <hyperlink ref="A26" r:id="rId65" display="http://www.assnat.qc.ca/fr/deputes/carrier-perreault-denise-2437/index.html" xr:uid="{E2FB23DB-4FA3-4CCF-B955-9F108E7BDA33}"/>
+    <hyperlink ref="A28" r:id="rId65" display="http://www.assnat.qc.ca/fr/deputes/carrier-perreault-denise-2437/index.html" xr:uid="{E2FB23DB-4FA3-4CCF-B955-9F108E7BDA33}"/>
     <hyperlink ref="A15" r:id="rId66" display="http://www.assnat.qc.ca/fr/deputes/belanger-madeleine-1973/index.html" xr:uid="{9F41DBE8-C267-45A4-94BD-CF4D11210CCB}"/>
-    <hyperlink ref="A169" r:id="rId67" display="http://www.assnat.qc.ca/fr/deputes/robert-helene-5113/index.html" xr:uid="{059FD508-4437-4D73-AA85-5B54AD4CB766}"/>
-[...18 lines deleted...]
-    <hyperlink ref="A95" r:id="rId86" display="http://www.assnat.qc.ca/fr/deputes/hovington-claire-helene-3671/index.html" xr:uid="{1827F781-6E94-4E63-AAE1-44CF69725F71}"/>
+    <hyperlink ref="A181" r:id="rId67" display="http://www.assnat.qc.ca/fr/deputes/robert-helene-5113/index.html" xr:uid="{059FD508-4437-4D73-AA85-5B54AD4CB766}"/>
+    <hyperlink ref="A57" r:id="rId68" display="http://www.assnat.qc.ca/fr/deputes/doyer-danielle-91/index.html" xr:uid="{3429F42F-A2D2-473F-81A3-875E15D4086F}"/>
+    <hyperlink ref="A119" r:id="rId69" display="http://www.assnat.qc.ca/fr/deputes/l-ecuyer-charlotte-51/index.html" xr:uid="{58697017-C713-488A-9224-0498583FCAB6}"/>
+    <hyperlink ref="A134" r:id="rId70" display="http://www.assnat.qc.ca/fr/deputes/malavoy-marie-255/index.html" xr:uid="{64A06F33-C595-4674-A685-682C727EE946}"/>
+    <hyperlink ref="A31" r:id="rId71" display="http://www.assnat.qc.ca/fr/deputes/champagne-noella-229/index.html" xr:uid="{1B1F38A7-5C97-4514-A724-B69983A2A01D}"/>
+    <hyperlink ref="A21" r:id="rId72" display="http://www.assnat.qc.ca/fr/deputes/boulet-julie-649/index.html" xr:uid="{8068944E-8B67-4227-9207-49CAC3BFFC7E}"/>
+    <hyperlink ref="A165" r:id="rId73" display="http://www.assnat.qc.ca/fr/deputes/ouellet-martine-8431/index.html" xr:uid="{204624D3-A6E5-4C52-8403-6F24A371691D}"/>
+    <hyperlink ref="A48" r:id="rId74" display="http://www.assnat.qc.ca/fr/deputes/dansereau-suzanne-17907/index.html" xr:uid="{00E48908-EF81-4717-A1C0-FD38B34CC83D}"/>
+    <hyperlink ref="A88" r:id="rId75" display="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" xr:uid="{C6854E69-D98F-4C96-BB08-3F560C6F6700}"/>
+    <hyperlink ref="A63" r:id="rId76" display="http://www.assnat.qc.ca/fr/deputes/frulla-liza-3285/index.html" xr:uid="{6E5D18E0-7211-43FD-B291-C259652D7D07}"/>
+    <hyperlink ref="A219" r:id="rId77" display="http://www.assnat.qc.ca/fr/deputes/vien-dominique-191/index.html" xr:uid="{6CC87228-6032-43BC-9823-51E7398D6768}"/>
+    <hyperlink ref="A50" r:id="rId78" display="http://www.assnat.qc.ca/fr/deputes/de-santis-rita-lc-12217/index.html" xr:uid="{1756C47F-6129-4D7C-BFD3-7432A57051BF}"/>
+    <hyperlink ref="A87" r:id="rId79" display="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" xr:uid="{CA0CEF37-3120-4F72-816E-1C5126CEC34B}"/>
+    <hyperlink ref="A29" r:id="rId80" display="http://www.assnat.qc.ca/fr/deputes/carrier-perreault-denise-2437/index.html" xr:uid="{564E8122-8D24-48C8-B571-505493603CE7}"/>
+    <hyperlink ref="A128" r:id="rId81" display="http://www.assnat.qc.ca/fr/deputes/lemieux-diane-4157/index.html" xr:uid="{2137E0C0-91C3-4121-8761-2A5E872CB066}"/>
+    <hyperlink ref="A161" r:id="rId82" display="http://www.assnat.qc.ca/fr/deputes/morissette-catherine-5895/index.html" xr:uid="{0A877B08-9687-4124-905F-E0B5AA49E733}"/>
+    <hyperlink ref="A176" r:id="rId83" display="http://www.assnat.qc.ca/fr/deputes/richard-lorraine-287/index.html" xr:uid="{8FD19B6E-1F6A-4C39-B329-1ED69F54251B}"/>
+    <hyperlink ref="A103" r:id="rId84" display="http://www.assnat.qc.ca/fr/deputes/isabelle-claire-17939/index.html" xr:uid="{3F199DB6-3E69-4314-87A4-1657DC577AF0}"/>
+    <hyperlink ref="A89" r:id="rId85" display="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" xr:uid="{64136787-BA82-4F96-9A56-5F7457458C1F}"/>
+    <hyperlink ref="A102" r:id="rId86" display="http://www.assnat.qc.ca/fr/deputes/hovington-claire-helene-3671/index.html" xr:uid="{1827F781-6E94-4E63-AAE1-44CF69725F71}"/>
     <hyperlink ref="A17" r:id="rId87" display="http://www.assnat.qc.ca/fr/deputes/blackburn-jeanne-l-2113/index.html" xr:uid="{028F2C79-22A0-4840-A20E-C10A690B0538}"/>
     <hyperlink ref="A16" r:id="rId88" display="http://www.assnat.qc.ca/fr/deputes/belanger-madeleine-1973/index.html" xr:uid="{F988C2A8-A5D9-42F4-B5DC-AD2C41E4EA41}"/>
-    <hyperlink ref="A32" r:id="rId89" display="http://www.assnat.qc.ca/fr/deputes/charest-solange-2521/index.html" xr:uid="{9DC88E4E-40BE-443E-8CF3-5AD2CAA942E2}"/>
-[...9 lines deleted...]
-    <hyperlink ref="A204" r:id="rId99" display="http://www.assnat.qc.ca/fr/deputes/vien-dominique-191/index.html" xr:uid="{C63848E0-AA25-4A6F-A926-D35B8A2ED767}"/>
+    <hyperlink ref="A34" r:id="rId89" display="http://www.assnat.qc.ca/fr/deputes/charest-solange-2521/index.html" xr:uid="{9DC88E4E-40BE-443E-8CF3-5AD2CAA942E2}"/>
+    <hyperlink ref="A94" r:id="rId90" display="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" xr:uid="{076590A2-B17F-4A77-A417-1C844F423046}"/>
+    <hyperlink ref="A174" r:id="rId91" display="http://www.assnat.qc.ca/fr/deputes/richard-lorraine-287/index.html" xr:uid="{24E6A382-D1C5-4FC9-8A12-11E80EE997D8}"/>
+    <hyperlink ref="A220" r:id="rId92" display="http://www.assnat.qc.ca/fr/deputes/vien-dominique-191/index.html" xr:uid="{355179AD-F22D-4E2A-83EC-52775BCCBCF4}"/>
+    <hyperlink ref="A204" r:id="rId93" display="http://www.assnat.qc.ca/fr/deputes/st-pierre-christine-1235/index.html" xr:uid="{7E3FDA1D-DD9E-45A8-B158-F4349AF142C3}"/>
+    <hyperlink ref="A183" r:id="rId94" display="http://www.assnat.qc.ca/fr/deputes/rotiroti-filomena-1171/index.html" xr:uid="{154B1A01-3117-4D35-87B2-F03289E7EEFC}"/>
+    <hyperlink ref="A51" r:id="rId95" display="http://www.assnat.qc.ca/fr/deputes/de-santis-rita-lc-12217/index.html" xr:uid="{14E45906-96F5-4676-AE6C-7AC67939D6C3}"/>
+    <hyperlink ref="A54" r:id="rId96" display="http://www.assnat.qc.ca/fr/deputes/dionne-marsolais-rita-2915/index.html" xr:uid="{7B723C84-1631-47E2-8EE1-BA9AB3C55D3D}"/>
+    <hyperlink ref="A110" r:id="rId97" display="http://www.assnat.qc.ca/fr/deputes/lapointe-linda-5883/index.html" xr:uid="{752DFCA4-8759-44DF-A4B7-D1540B043E58}"/>
+    <hyperlink ref="A56" r:id="rId98" display="http://www.assnat.qc.ca/fr/deputes/dionne-marsolais-rita-2915/index.html" xr:uid="{85070123-0BB3-4CBE-B361-C699CED6F847}"/>
+    <hyperlink ref="A221" r:id="rId99" display="http://www.assnat.qc.ca/fr/deputes/vien-dominique-191/index.html" xr:uid="{C63848E0-AA25-4A6F-A926-D35B8A2ED767}"/>
     <hyperlink ref="A4" r:id="rId100" display="http://www.assnat.qc.ca/fr/deputes/anglade-dominique-16499/index.html" xr:uid="{E7EC1668-1924-4B9B-8559-18A338D07D9F}"/>
     <hyperlink ref="A18" r:id="rId101" display="Marguerite Blais" xr:uid="{34BE1A14-FA12-4C99-8698-F96727F809F5}"/>
-    <hyperlink ref="A184" r:id="rId102" display="http://www.assnat.qc.ca/fr/deputes/sauve-monique-16493/index.html" xr:uid="{FD7A73D8-70EC-4523-9373-47A6A7E1F572}"/>
-[...1 lines deleted...]
-    <hyperlink ref="A42" r:id="rId104" display="http://www.assnat.qc.ca/fr/deputes/cuerrier-louise-2723/index.html" xr:uid="{3FE48C49-4B2C-4E9D-938A-6665F27F3FDE}"/>
+    <hyperlink ref="A199" r:id="rId102" display="http://www.assnat.qc.ca/fr/deputes/sauve-monique-16493/index.html" xr:uid="{FD7A73D8-70EC-4523-9373-47A6A7E1F572}"/>
+    <hyperlink ref="A41" r:id="rId103" xr:uid="{0CF9B71B-4623-414D-881E-C2E06C602CE3}"/>
+    <hyperlink ref="A44" r:id="rId104" display="http://www.assnat.qc.ca/fr/deputes/cuerrier-louise-2723/index.html" xr:uid="{3FE48C49-4B2C-4E9D-938A-6665F27F3FDE}"/>
     <hyperlink ref="A12" r:id="rId105" display="http://www.assnat.qc.ca/fr/deputes/begin-louise-1949/index.html" xr:uid="{95830242-3544-43BE-B81F-02BBBAAEBA54}"/>
-    <hyperlink ref="A106" r:id="rId106" display="http://www.assnat.qc.ca/fr/deputes/leblanc-diane-4075/index.html" xr:uid="{2C095D84-0929-467A-BA6D-BF7EAA52D997}"/>
-[...18 lines deleted...]
-    <hyperlink ref="A153" r:id="rId125" display="http://www.assnat.qc.ca/fr/deputes/normandeau-nathalie-1063/index.html" xr:uid="{54CE2655-D784-4742-830D-82D139F44714}"/>
+    <hyperlink ref="A115" r:id="rId106" display="http://www.assnat.qc.ca/fr/deputes/leblanc-diane-4075/index.html" xr:uid="{2C095D84-0929-467A-BA6D-BF7EAA52D997}"/>
+    <hyperlink ref="A100" r:id="rId107" display="http://www.assnat.qc.ca/fr/deputes/houda-pepin-fatima-61/index.html" xr:uid="{F0A92177-2A8B-466F-A57A-78F3A65EA497}"/>
+    <hyperlink ref="A77" r:id="rId108" display="http://www.assnat.qc.ca/fr/deputes/gaudreault-maryse-959/index.html" xr:uid="{0B9B974A-71E5-44C6-AEF4-2FE1E364024F}"/>
+    <hyperlink ref="A78" r:id="rId109" display="http://www.assnat.qc.ca/fr/deputes/gaudreault-maryse-959/index.html" xr:uid="{D183D3F5-3CB5-4209-9DD2-62EBA5C81843}"/>
+    <hyperlink ref="A111" r:id="rId110" display="http://www.assnat.qc.ca/fr/deputes/lavallee-lise-15389/index.html" xr:uid="{973985B7-1B4F-4FAC-9704-82E64CE9E50B}"/>
+    <hyperlink ref="A150" r:id="rId111" display="http://www.assnat.qc.ca/fr/deputes/masse-manon-15421/index.html" xr:uid="{088BBD63-58BD-4080-913E-D6BD259A2610}"/>
+    <hyperlink ref="A151" r:id="rId112" display="http://www.assnat.qc.ca/fr/deputes/masse-manon-15421/index.html" xr:uid="{19036A0F-C9D3-4F9F-9D62-699FBD04D300}"/>
+    <hyperlink ref="A153" r:id="rId113" display="http://www.assnat.qc.ca/fr/deputes/melancon-isabelle-16779/index.html" xr:uid="{24341DAA-5FC2-4719-9A39-445E7D0B7F1B}"/>
+    <hyperlink ref="A162" r:id="rId114" display="http://www.assnat.qc.ca/fr/deputes/nichols-marie-claude-15439/index.html" xr:uid="{F911E9A7-C24C-4927-8C02-5F83B03AE37C}"/>
+    <hyperlink ref="A95" r:id="rId115" xr:uid="{952B124A-5280-4926-9459-D3C4C5246028}"/>
+    <hyperlink ref="A116" r:id="rId116" xr:uid="{7BFC165E-E5B4-45E1-A7E6-1C5E514638F3}"/>
+    <hyperlink ref="A33" r:id="rId117" xr:uid="{B794F51A-0138-40FF-8D1B-57F3F47F9A87}"/>
+    <hyperlink ref="A84" r:id="rId118" xr:uid="{2FB5C4EF-A15E-4C8E-838E-B7CFF1A6B6F9}"/>
+    <hyperlink ref="A177" r:id="rId119" display="http://www.assnat.qc.ca/fr/deputes/richard-lorraine-287/index.html" xr:uid="{32C871ED-38E7-4355-B451-A94E3376D7C8}"/>
+    <hyperlink ref="A83" r:id="rId120" xr:uid="{868EA1C2-297E-45DC-8F64-53C5FE0D4A86}"/>
+    <hyperlink ref="A149" r:id="rId121" display="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/index.html" xr:uid="{D3316786-46FE-48B6-9620-FDD8DEB07478}"/>
+    <hyperlink ref="A67" r:id="rId122" display="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" xr:uid="{84B3E242-A80A-4110-9D81-828CF10C416F}"/>
+    <hyperlink ref="A70" r:id="rId123" display="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" xr:uid="{4F486F1D-174A-4153-8561-157F014F69F8}"/>
+    <hyperlink ref="A146" r:id="rId124" display="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/index.html" xr:uid="{D077CD7D-93A2-4069-8DDC-430EF4E2F472}"/>
+    <hyperlink ref="A164" r:id="rId125" display="http://www.assnat.qc.ca/fr/deputes/normandeau-nathalie-1063/index.html" xr:uid="{54CE2655-D784-4742-830D-82D139F44714}"/>
     <hyperlink ref="A9" r:id="rId126" display="http://www.assnat.qc.ca/fr/deputes/beauchamp-line-663/index.html" xr:uid="{3480F974-94D4-477C-89E5-4BDABDE92A68}"/>
-    <hyperlink ref="A41" r:id="rId127" display="http://www.assnat.qc.ca/fr/deputes/courchesne-michelle-859/index.html" xr:uid="{4CD1DC5B-295F-487B-B0C3-D6D770ACF5BE}"/>
-    <hyperlink ref="A194" r:id="rId128" display="http://www.assnat.qc.ca/fr/deputes/theriault-lise-1355/index.html" xr:uid="{171D5D43-4FE8-4064-ACA9-983094F256F7}"/>
+    <hyperlink ref="A43" r:id="rId127" display="http://www.assnat.qc.ca/fr/deputes/courchesne-michelle-859/index.html" xr:uid="{4CD1DC5B-295F-487B-B0C3-D6D770ACF5BE}"/>
+    <hyperlink ref="A211" r:id="rId128" display="http://www.assnat.qc.ca/fr/deputes/theriault-lise-1355/index.html" xr:uid="{171D5D43-4FE8-4064-ACA9-983094F256F7}"/>
     <hyperlink ref="A3" r:id="rId129" display="http://www.assnat.qc.ca/fr/deputes/anglade-dominique-16499/index.html" xr:uid="{03777EDA-6422-47A6-BEB2-43FF9B5EE24C}"/>
-    <hyperlink ref="A69" r:id="rId130" display="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" xr:uid="{7F0CCEE5-A94B-4AC6-935A-CCEBC5EE5BCD}"/>
-[...12 lines deleted...]
-    <hyperlink ref="A137" r:id="rId143" display="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/index.html" xr:uid="{3C7475D0-C238-48E9-BC3F-00454546DD3B}"/>
+    <hyperlink ref="A72" r:id="rId130" display="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" xr:uid="{7F0CCEE5-A94B-4AC6-935A-CCEBC5EE5BCD}"/>
+    <hyperlink ref="A65" r:id="rId131" display="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" xr:uid="{56BA89CF-07FC-4E6C-B43A-89966A17CEFD}"/>
+    <hyperlink ref="A71" r:id="rId132" display="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" xr:uid="{28375F80-066F-4E29-BAAE-116FF9CF76AD}"/>
+    <hyperlink ref="A66" r:id="rId133" display="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" xr:uid="{BED2698C-902B-4FBD-B8A7-A49DB369E41F}"/>
+    <hyperlink ref="A104" r:id="rId134" display="http://www.assnat.qc.ca/fr/deputes/jerome-forget-monique-3707/index.html" xr:uid="{1D19CEFF-98DA-4AEC-BBBF-5167BDA424CF}"/>
+    <hyperlink ref="A42" r:id="rId135" xr:uid="{3855F773-5993-465A-92A4-71469A00A01B}"/>
+    <hyperlink ref="A37" r:id="rId136" display="http://www.assnat.qc.ca/fr/deputes/charlebois-lucie-1017/index.html" xr:uid="{5C4178DF-37BA-42DC-A6C2-A663B1DCAC98}"/>
+    <hyperlink ref="A38" r:id="rId137" display="http://www.assnat.qc.ca/fr/deputes/charlebois-lucie-1017/index.html" xr:uid="{C6733391-E7F1-4E1A-A159-5F99FC570068}"/>
+    <hyperlink ref="A39" r:id="rId138" display="http://www.assnat.qc.ca/fr/deputes/charlebois-lucie-1017/index.html" xr:uid="{99F016C7-DD93-47E3-B294-C39E6D140B33}"/>
+    <hyperlink ref="A40" r:id="rId139" display="http://www.assnat.qc.ca/fr/deputes/charlebois-lucie-1017/index.html" xr:uid="{AD922657-E94C-429D-BCF2-D055DAD17C63}"/>
+    <hyperlink ref="A108" r:id="rId140" display="http://www.assnat.qc.ca/fr/deputes/lachapelle-huguette-3847/index.html" xr:uid="{15313C29-C9DB-4902-B6D7-74336371CBC9}"/>
+    <hyperlink ref="A122" r:id="rId141" display="http://www.assnat.qc.ca/fr/deputes/leger-nicole-63/index.html" xr:uid="{D921B9CF-A399-4B89-AC11-140235175EF7}"/>
+    <hyperlink ref="A157" r:id="rId142" display="http://www.assnat.qc.ca/fr/deputes/menard-nicole-113/index.html" xr:uid="{54FC7A8E-80DB-48B9-B9D2-BF51D1DD083B}"/>
+    <hyperlink ref="A147" r:id="rId143" display="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/index.html" xr:uid="{3C7475D0-C238-48E9-BC3F-00454546DD3B}"/>
     <hyperlink ref="A8" r:id="rId144" display="BACON, Lise" xr:uid="{70F8AD6D-BCC6-4E59-ACF7-A737749170AC}"/>
-    <hyperlink ref="A105" r:id="rId145" display="LEBEL, Sonia" xr:uid="{B84D8527-BC8B-4B83-8663-F575089E8F87}"/>
-[...10 lines deleted...]
-    <hyperlink ref="A193:A194" r:id="rId156" display="http://www.assnat.qc.ca/fr/deputes/theriault-lise-1355/index.html" xr:uid="{A05B8828-9473-47B3-A070-1A53CDE649FD}"/>
+    <hyperlink ref="A113" r:id="rId145" display="LEBEL, Sonia" xr:uid="{B84D8527-BC8B-4B83-8663-F575089E8F87}"/>
+    <hyperlink ref="A136" r:id="rId146" display="http://www.assnat.qc.ca/fr/deputes/maltais-agnes-57/index.html" xr:uid="{0F8FBA65-9A27-429F-A751-7322AF1B5DC3}"/>
+    <hyperlink ref="A135" r:id="rId147" display="http://www.assnat.qc.ca/fr/deputes/maltais-agnes-57/index.html" xr:uid="{90B708BC-ECBA-4B6A-978A-5A26D0ABB4B0}"/>
+    <hyperlink ref="A141" r:id="rId148" display="http://www.assnat.qc.ca/fr/deputes/maltais-agnes-57/index.html" xr:uid="{F5D7B5FD-DFD5-4E5F-8AB5-3A90B9EB4C7B}"/>
+    <hyperlink ref="A142" r:id="rId149" display="http://www.assnat.qc.ca/fr/deputes/maltais-agnes-57/index.html" xr:uid="{15DF15CC-D1DA-4F4B-8D8E-8C1E8E0204BF}"/>
+    <hyperlink ref="A137" r:id="rId150" display="http://www.assnat.qc.ca/fr/deputes/maltais-agnes-57/index.html" xr:uid="{5580F16E-63D5-41CF-BF3F-777252443FF4}"/>
+    <hyperlink ref="A140" r:id="rId151" display="http://www.assnat.qc.ca/fr/deputes/maltais-agnes-57/index.html" xr:uid="{FA9BB1E9-444C-4057-A60B-2A053E88AC02}"/>
+    <hyperlink ref="A154" r:id="rId152" display="http://www.assnat.qc.ca/fr/deputes/melancon-isabelle-16779/index.html" xr:uid="{CB0DFB36-35D5-4A4A-AB00-C0B63F2067A3}"/>
+    <hyperlink ref="A63:A64" r:id="rId153" display="http://www.assnat.qc.ca/fr/deputes/theriault-lise-1355/index.html" xr:uid="{360EDF66-FA87-4EC0-A520-040C67AAC0CA}"/>
+    <hyperlink ref="A212" r:id="rId154" display="http://www.assnat.qc.ca/fr/deputes/theriault-lise-1355/index.html" xr:uid="{F60DA849-A98D-4ECE-8C16-74E0E9BBC6ED}"/>
+    <hyperlink ref="A213" r:id="rId155" display="http://www.assnat.qc.ca/fr/deputes/theriault-lise-1355/index.html" xr:uid="{EF76AE53-4EAD-4062-A445-EAC45E305380}"/>
+    <hyperlink ref="A210:A211" r:id="rId156" display="http://www.assnat.qc.ca/fr/deputes/theriault-lise-1355/index.html" xr:uid="{A05B8828-9473-47B3-A070-1A53CDE649FD}"/>
     <hyperlink ref="A6" r:id="rId157" display="http://www.assnat.qc.ca/fr/deputes/anglade-dominique-16499/index.html" xr:uid="{AF937AF0-21E2-41B7-9075-7AF914ED0110}"/>
-    <hyperlink ref="A30" r:id="rId158" xr:uid="{0FD79953-0947-447E-BF38-997E08FED0AF}"/>
-[...31 lines deleted...]
-    <hyperlink ref="A179" r:id="rId190" display="http://www.assnat.qc.ca/fr/deputes/roy-nathalie-12187/index.html" xr:uid="{27F630A0-7FAE-4645-A3DA-03484A657559}"/>
+    <hyperlink ref="A32" r:id="rId158" xr:uid="{0FD79953-0947-447E-BF38-997E08FED0AF}"/>
+    <hyperlink ref="A69" r:id="rId159" display="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" xr:uid="{44FA7E1C-8472-4766-A633-0B6164E543E6}"/>
+    <hyperlink ref="A76" r:id="rId160" display="http://www.assnat.qc.ca/fr/deputes/gaudreault-maryse-959/index.html" xr:uid="{CF19137E-E4BE-48F3-A576-67A52E60E241}"/>
+    <hyperlink ref="A85" r:id="rId161" xr:uid="{BF3A5682-1251-4220-89B8-2DAA4A50A70D}"/>
+    <hyperlink ref="A117" r:id="rId162" xr:uid="{051656F4-1D86-4AFC-B6CE-B7F5F9274359}"/>
+    <hyperlink ref="A118" r:id="rId163" xr:uid="{E8F4B356-B651-4DBF-AD55-DEBD5445F1F0}"/>
+    <hyperlink ref="A152" r:id="rId164" display="http://www.assnat.qc.ca/fr/deputes/masse-manon-15421/index.html" xr:uid="{231F25A9-9F18-4D33-BE79-D1A3D9AF4D9B}"/>
+    <hyperlink ref="A160" r:id="rId165" display="http://www.assnat.qc.ca/fr/deputes/montpetit-marie-15369/index.html" xr:uid="{233B1657-F568-4D9B-9FA9-8FD2FA2BE1E1}"/>
+    <hyperlink ref="A187" r:id="rId166" display="http://www.assnat.qc.ca/fr/deputes/rotiroti-filomena-1171/index.html" xr:uid="{0915490D-58A5-4FBF-90B0-BE079FEE1A29}"/>
+    <hyperlink ref="A23" r:id="rId167" xr:uid="{763305CE-3C4A-4519-92E1-600132884951}"/>
+    <hyperlink ref="A26" r:id="rId168" xr:uid="{C31E9A83-A9D8-4F93-93B4-DA9274014C97}"/>
+    <hyperlink ref="A45" r:id="rId169" xr:uid="{56F81DE8-A347-479F-8389-AD1CE91AFF8A}"/>
+    <hyperlink ref="A46" r:id="rId170" xr:uid="{5226A388-4D31-454C-AD26-E422A28C4090}"/>
+    <hyperlink ref="A52" r:id="rId171" xr:uid="{AD1FC472-AFAF-4D7C-A7FC-C1AD529886C0}"/>
+    <hyperlink ref="A60" r:id="rId172" xr:uid="{C6EE68A2-4937-4737-8317-D005E1039366}"/>
+    <hyperlink ref="A61" r:id="rId173" xr:uid="{5863E54A-C21B-45E6-9990-469F7521A7C0}"/>
+    <hyperlink ref="A73" r:id="rId174" xr:uid="{19A965A5-B4BF-4D03-95D6-0FEA0D6DCAD9}"/>
+    <hyperlink ref="A80" r:id="rId175" xr:uid="{0CD45ABE-1E5C-4002-AC20-F7BC5A75CC11}"/>
+    <hyperlink ref="A105" r:id="rId176" xr:uid="{6CE106C1-47C7-4567-A3E8-00C6EB0AD081}"/>
+    <hyperlink ref="A106" r:id="rId177" xr:uid="{0AE70201-1D2B-44AC-B810-8C951D095414}"/>
+    <hyperlink ref="A131" r:id="rId178" xr:uid="{90B4EE10-E2FF-4533-8AD3-C6634EFF6803}"/>
+    <hyperlink ref="A132" r:id="rId179" xr:uid="{58EE17A5-2978-40CC-ACAF-828CD33D6ECE}"/>
+    <hyperlink ref="A191" r:id="rId180" display="http://www.assnat.qc.ca/fr/deputes/roy-nathalie-12187/index.html" xr:uid="{2F44AA8C-04A5-448B-AD8D-E4AE7E74587E}"/>
+    <hyperlink ref="A192" r:id="rId181" display="http://www.assnat.qc.ca/fr/deputes/roy-nathalie-12187/index.html" xr:uid="{BB4F9B4F-BCFD-4CA8-9208-41391FEBEF51}"/>
+    <hyperlink ref="A222" r:id="rId182" xr:uid="{2A419DA7-4F93-4DAF-B56A-DC3D84B4B475}"/>
+    <hyperlink ref="A223" r:id="rId183" xr:uid="{DC960E94-AD61-4B4A-ADEB-7617F7D36E8F}"/>
+    <hyperlink ref="A22" r:id="rId184" xr:uid="{4DB52DE5-C782-41C4-BDB9-AC297D7BCD88}"/>
+    <hyperlink ref="A53" r:id="rId185" xr:uid="{532CB776-95C5-440C-ACB2-D7847FC60BB2}"/>
+    <hyperlink ref="A179" r:id="rId186" xr:uid="{576B571B-F4AD-48A4-8472-73090951C9D9}"/>
+    <hyperlink ref="A47" r:id="rId187" xr:uid="{6DDE0BC8-B286-4C83-ADE8-F2EF307C133E}"/>
+    <hyperlink ref="A86" r:id="rId188" xr:uid="{336719A9-154E-48A0-A524-0E622776D610}"/>
+    <hyperlink ref="A96" r:id="rId189" xr:uid="{1A4E35DB-62BF-4EB6-A2CE-F5AE1755B098}"/>
+    <hyperlink ref="A193" r:id="rId190" display="http://www.assnat.qc.ca/fr/deputes/roy-nathalie-12187/index.html" xr:uid="{27F630A0-7FAE-4645-A3DA-03484A657559}"/>
+    <hyperlink ref="A19" r:id="rId191" xr:uid="{8AF9B38B-6B2B-4346-93EA-DB2BA9FBEB48}"/>
+    <hyperlink ref="A27" r:id="rId192" xr:uid="{DEEE83FD-666D-4FB9-BECF-C10B8F20012A}"/>
+    <hyperlink ref="A62" r:id="rId193" xr:uid="{6E4FCD81-A128-4F8D-86ED-FBCB42188C5F}"/>
+    <hyperlink ref="A74" r:id="rId194" xr:uid="{E458B58E-09DB-4FC2-A5B0-A5E3387B6B49}"/>
+    <hyperlink ref="A75" r:id="rId195" xr:uid="{0F582BC8-BF78-42D6-B273-11C7ABB8FBBF}"/>
+    <hyperlink ref="A79" r:id="rId196" xr:uid="{91E8B44A-A7B8-44A9-81F9-F774033E7249}"/>
+    <hyperlink ref="A81" r:id="rId197" xr:uid="{507B1572-7DBB-4A7C-BC89-CC46E266C01E}"/>
+    <hyperlink ref="A109" r:id="rId198" xr:uid="{E8376687-EE97-422A-8A26-955597F1CC5A}"/>
+    <hyperlink ref="A114" r:id="rId199" display="LEBEL, Sonia" xr:uid="{003F4A58-E4CD-43BF-B1CF-DF8F22D0C0BC}"/>
+    <hyperlink ref="A133" r:id="rId200" xr:uid="{A4676D0B-8D46-4702-8A4F-9614A6865981}"/>
+    <hyperlink ref="A163" r:id="rId201" display="http://www.assnat.qc.ca/fr/deputes/nichols-marie-claude-15439/index.html" xr:uid="{0E0222F6-25D4-4963-A3DC-0C62F1D6C07C}"/>
+    <hyperlink ref="A180" r:id="rId202" xr:uid="{BFE160CB-0C6A-49CD-951D-AA94A4941DC3}"/>
+    <hyperlink ref="A188" r:id="rId203" display="http://www.assnat.qc.ca/fr/deputes/rotiroti-filomena-1171/index.html" xr:uid="{FA457D8A-8718-45A9-8F69-53837DE93706}"/>
+    <hyperlink ref="A189" r:id="rId204" display="http://www.assnat.qc.ca/fr/deputes/rotiroti-filomena-1171/index.html" xr:uid="{437E8459-0C68-4CA5-9A24-BEE0A1A27D89}"/>
+    <hyperlink ref="A194" r:id="rId205" xr:uid="{47D1CA96-7403-4B7F-A1BB-BF276D84C18C}"/>
+    <hyperlink ref="A200" r:id="rId206" xr:uid="{1F392BB6-1F51-4B25-9636-79A80BF54992}"/>
+    <hyperlink ref="A201" r:id="rId207" xr:uid="{FCEE6F56-E663-4222-8893-96119274AAF0}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId191"/>
-  <drawing r:id="rId192"/>
+  <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId208"/>
+  <drawing r:id="rId209"/>
   <tableParts count="1">
-    <tablePart r:id="rId193"/>
+    <tablePart r:id="rId210"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Code_x0020_du_x0020_repertoire xmlns="0683056e-20ca-4d1a-9994-38726de96c77">2120</Code_x0020_du_x0020_repertoire>
+    <Direction xmlns="0683056e-20ca-4d1a-9994-38726de96c77">3</Direction>
+    <Statut xmlns="0683056e-20ca-4d1a-9994-38726de96c77" xsi:nil="true"/>
+    <TaxCatchAll xmlns="0683056e-20ca-4d1a-9994-38726de96c77" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="49b9bb05-b2a5-4a3b-9d5c-fed2c03ccec1">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <ClassificationId xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
+    <PlannedDispositionDate xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
+    <IntegrationStatus xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
+    <ClassificationType xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
+    <ClassificationCode xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14">01530</ClassificationCode>
+    <DocumentId xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
+    <ClassificationDescription xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
+    <PlannedDispositionCode xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
+    <ClassificationTitle xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
+    <RetentionRuleId xmlns="08bfab35-c0ae-4247-a240-43dcd2ac7a80" xsi:nil="true"/>
+    <DatasetId xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
+    <UltimaId xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
+    <LifeCycleConfidentiality xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
+    <DirectionQUSP xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
+    <RetentionRuleTitle xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
+    <CopyType xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
+    <CodeCR xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
+    <ErrorDetails xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
+    <UnitId xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
+    <ClassificationConfidentiality xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
+    <StatusDesc xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
+    <ClassificationLevel xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
+    <RetentionRuleCode xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0683056e-20ca-4d1a-9994-38726de96c77" xmlns:ns3="818e2508-81bc-4771-91be-949b271fd80e" xmlns:ns4="49b9bb05-b2a5-4a3b-9d5c-fed2c03ccec1" xmlns:ns5="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xmlns:ns6="08bfab35-c0ae-4247-a240-43dcd2ac7a80" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c4a9672c3a334ca5503bc62db0c250e0" ns2:_="" ns3:_="" ns4:_="" ns5:_="" ns6:_="">
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100ECE9580C1D0B084F873123C424E583F8" ma:contentTypeVersion="45" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="7ccd094687686ff24f1430df43ce589b">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0683056e-20ca-4d1a-9994-38726de96c77" xmlns:ns3="818e2508-81bc-4771-91be-949b271fd80e" xmlns:ns4="49b9bb05-b2a5-4a3b-9d5c-fed2c03ccec1" xmlns:ns5="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xmlns:ns6="08bfab35-c0ae-4247-a240-43dcd2ac7a80" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a79a7b3f5616315c3940529ef56b9008" ns2:_="" ns3:_="" ns4:_="" ns5:_="" ns6:_="">
     <xsd:import namespace="0683056e-20ca-4d1a-9994-38726de96c77"/>
     <xsd:import namespace="818e2508-81bc-4771-91be-949b271fd80e"/>
     <xsd:import namespace="49b9bb05-b2a5-4a3b-9d5c-fed2c03ccec1"/>
     <xsd:import namespace="f53a051f-3f64-47d6-8de1-6a03fdbf7d14"/>
     <xsd:import namespace="08bfab35-c0ae-4247-a240-43dcd2ac7a80"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Code_x0020_du_x0020_repertoire" minOccurs="0"/>
                 <xsd:element ref="ns2:Direction" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceKeyPoints" minOccurs="0"/>
@@ -6635,133 +7018,96 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...33 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{52B79A52-353C-4BC2-911A-80BE2B6CC771}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="0683056e-20ca-4d1a-9994-38726de96c77"/>
+    <ds:schemaRef ds:uri="f53a051f-3f64-47d6-8de1-6a03fdbf7d14"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="818e2508-81bc-4771-91be-949b271fd80e"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="08bfab35-c0ae-4247-a240-43dcd2ac7a80"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="49b9bb05-b2a5-4a3b-9d5c-fed2c03ccec1"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55C409C6-FDC1-453E-B194-B0EE199D8C91}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{33FF131E-3BE5-401E-85E8-B9A97F425B29}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2337411E-D584-4FC0-8155-5A7F9A502D2E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="0683056e-20ca-4d1a-9994-38726de96c77"/>
     <ds:schemaRef ds:uri="818e2508-81bc-4771-91be-949b271fd80e"/>
     <ds:schemaRef ds:uri="49b9bb05-b2a5-4a3b-9d5c-fed2c03ccec1"/>
     <ds:schemaRef ds:uri="f53a051f-3f64-47d6-8de1-6a03fdbf7d14"/>
     <ds:schemaRef ds:uri="08bfab35-c0ae-4247-a240-43dcd2ac7a80"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...18 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Feuil1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>