--- v1 (2025-12-15)
+++ v2 (2026-01-09)
@@ -12,89 +12,89 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://assnatqc.sharepoint.com/sites/GED/MULTIDIR/2120-Guide Femme Parl/Section 5-Fonctions parlementaires et ministérielles/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="711" documentId="8_{34DA13B9-0C49-4A15-908D-372C1DFCFC7E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{779BA996-BB4B-4A18-A37C-3167E08129CF}"/>
+  <xr:revisionPtr revIDLastSave="739" documentId="8_{34DA13B9-0C49-4A15-908D-372C1DFCFC7E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{8A0F8278-8A69-4B89-8915-338A0E97BE81}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{D8A96F4E-2AAA-4A04-BA59-14C11894177E}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{D8A96F4E-2AAA-4A04-BA59-14C11894177E}"/>
   </bookViews>
   <sheets>
     <sheet name="Feuil1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="cap" localSheetId="0">Feuil1!#REF!</definedName>
     <definedName name="capa" localSheetId="0">Feuil1!#REF!</definedName>
     <definedName name="cas" localSheetId="0">Feuil1!#REF!</definedName>
     <definedName name="cba" localSheetId="0">Feuil1!#REF!</definedName>
     <definedName name="cc" localSheetId="0">Feuil1!#REF!</definedName>
     <definedName name="cet" localSheetId="0">Feuil1!#REF!</definedName>
     <definedName name="cfp" localSheetId="0">Feuil1!#REF!</definedName>
     <definedName name="csss" localSheetId="0">Feuil1!#REF!</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="692" uniqueCount="175">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="699" uniqueCount="175">
   <si>
     <t>Fonctions parlementaires occupées par les femmes députées</t>
   </si>
   <si>
     <t>Nom,  Prénom</t>
   </si>
   <si>
     <t>Fonction parlementaire</t>
   </si>
   <si>
     <t xml:space="preserve">Appartenance politique </t>
   </si>
   <si>
     <t>Début du mandat</t>
   </si>
   <si>
     <t>Fin du mandat</t>
   </si>
   <si>
     <t>Anglade, Dominique</t>
   </si>
   <si>
     <t xml:space="preserve">Vice-première ministre </t>
   </si>
   <si>
@@ -922,52 +922,52 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1909000" cy="523190"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{B7AD2A21-9BF3-498C-9223-8D30BCA5E08F}" name="Tableau1" displayName="Tableau1" ref="A2:E223" totalsRowShown="0" headerRowDxfId="7" dataDxfId="5" headerRowBorderDxfId="6">
-  <autoFilter ref="A2:E223" xr:uid="{60601CA9-3C7A-4BB2-B5A4-CA7FFBE36617}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{B7AD2A21-9BF3-498C-9223-8D30BCA5E08F}" name="Tableau1" displayName="Tableau1" ref="A2:E226" totalsRowShown="0" headerRowDxfId="7" dataDxfId="5" headerRowBorderDxfId="6">
+  <autoFilter ref="A2:E226" xr:uid="{60601CA9-3C7A-4BB2-B5A4-CA7FFBE36617}"/>
   <tableColumns count="5">
     <tableColumn id="6" xr3:uid="{02CF6487-6CB0-4066-9BEE-6CE3270EAE12}" name="Nom,  Prénom" dataDxfId="4" dataCellStyle="Lien hypertexte"/>
     <tableColumn id="1" xr3:uid="{B5273839-3F9C-492D-AE06-6138BE93BF5F}" name="Fonction parlementaire" dataDxfId="3"/>
     <tableColumn id="3" xr3:uid="{EE1CE5C9-1689-4648-8A64-83B1B2824953}" name="Appartenance politique " dataDxfId="2"/>
     <tableColumn id="4" xr3:uid="{B56BD5A3-166D-4D7D-BF36-25FED088AABA}" name="Début du mandat" dataDxfId="1"/>
     <tableColumn id="5" xr3:uid="{F5E468A5-52CC-4D57-ACB4-ACB36E17412B}" name="Fin du mandat" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight11" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office 2013 – 2022">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
@@ -1231,59 +1231,59 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/charbonneau-francine-635/index.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/leger-nicole-63/index.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lavoie-roux-therese-4045/index.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/belanger-madeleine-1973/index.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/isabelle-claire-17939/index.html" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/charlebois-lucie-1017/index.html" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/d-amours-sylvie-15399/index.html" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/bogemans-audrey-19325/index.html" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/roy-suzanne-19265/index.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/roy-sylvie-1201/index.html" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/houda-pepin-fatima-61/index.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lemieux-diane-4157/index.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/rotiroti-filomena-1171/index.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/vermette-cecile-5695/index.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/houda-pepin-fatima-61/index.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/dansereau-suzanne-17907/index.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/sauve-monique-16493/index.html" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/theriault-lise-1355/index.html" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/bacon-lise-1807/biographie.html" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/maltais-agnes-57/index.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/anglade-dominique-16499/index.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/de-santis-rita-lc-12217/index.html" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gaudreault-maryse-959/index.html" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/montpetit-marie-15369/index.html" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/roy-nathalie-12187/index.html" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/rizqy-marwah-17883/index.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/leger-nicole-63/index.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/menard-nicole-113/index.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/index.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/hivon-veronique-27/index.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/belanger-madeleine-1973/index.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/l-ecuyer-charlotte-51/index.html" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/melancon-isabelle-16779/index.html" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/guillemette-nancy-18247/index.html" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/jerome-forget-monique-3707/index.html" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/charlebois-lucie-1017/index.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/carrier-perreault-denise-2437/index.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/maltais-agnes-57/index.html" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/theriault-lise-1355/index.html" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/dionne-amelie-19273/index.html" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/labrie-christine-17889/index.html" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/caron-linda-19313/index.html" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/ghazal-ruba-17933/index.html" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/setlakwe-michelle-19285/index.html" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/nichols-marie-claude-15439/index.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/patrimoine/leaders.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/roy-sylvie-1201/index.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/charest-solange-2521/index.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/doyer-danielle-91/index.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/chasse-mariechantal-17865/index.html" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gaudreault-maryse-959/index.html" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/index.html" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/anglade-dominique-16499/index.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/beaudoin-denise-727/index.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/malavoy-marie-255/index.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/richard-lorraine-287/index.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/dionne-marsolais-rita-2915/index.html" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lachapelle-huguette-3847/index.html" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lebel-sonia-17847/index.html" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/guillemette-nancy-18247/index.html" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/rotiroti-filomena-1171/index.html" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/zaga-mendez-alejandra-19263/index.html" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/d-amours-sylvie-15399/index.html" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lachapelle-huguette-3847/index.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/leger-nicole-63/index.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/menard-nicole-113/index.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/david-helene-15379/index.html" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/nichols-marie-claude-15439/index.html" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/richard-lorraine-287/index.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/carrier-perreault-denise-2437/index.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/bouille-marie-155/index.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/carrier-perreault-denise-2437/index.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lemieux-diane-4157/index.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/hovington-claire-helene-3671/index.html" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/courchesne-michelle-859/biographie.html" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/maltais-agnes-57/index.html" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/theriault-lise-1355/index.html" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/labrie-christine-17889/index.html" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/lakhoyan-olivier-sona-19295/index.html" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/dufour-virginie-19287/index.html" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/duranceau-france-elaine-19257/index.html" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/rizqy-marwah-17883/index.html" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/setlakwe-michelle-19285/index.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/patrimoine/leaders.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/roy-sylvie-1201/index.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/robert-helene-5113/index.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gaudreault-maryse-959/index.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/richard-monique-409/index.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/st-pierre-christine-1235/index.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/frulla-liza-3285/index.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lapointe-linda-5883/index.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/cuerrier-louise-2723/index.html" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/guilbault-genevieve-16885/index.html" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/normandeau-nathalie-1063/index.html" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/leger-nicole-63/index.html" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/maltais-agnes-57/index.html" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/cadet-madwa-nika-19261/index.html" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/guillemette-nancy-18247/index.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/caron-jocelyne-2411/index.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/champagne-noella-229/index.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/vien-dominique-191/index.html" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lecours-lucie-17949/index.html" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/zakaib-elaine-12197/biographie.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/leger-nicole-63/index.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/poirier-carole-9/index.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/dionne-marsolais-rita-2915/index.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/beaudoin-louise-293/index.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/belanger-madeleine-1973/index.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/blackburn-jeanne-l-2113/index.html" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lavallee-lise-15389/index.html" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/hebert-genevieve-17877/index.html" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/charlebois-lucie-1017/index.html" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/anglade-dominique-16499/index.html" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/maccarone-jennifer-17911/index.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/montpetit-marie-15369/index.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/morissette-catherine-5895/index.html" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/melancon-isabelle-16779/index.html" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/dufour-virginie-19287/index.html" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/garceau-brigitte-b-19271/index.html" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lebel-sonia-17847/index.html" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/rotiroti-filomena-1171/index.html" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/leger-nicole-63/index.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/patrimoine/leaders.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/rotiroti-filomena-1171/index.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/richard-lorraine-287/index.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/vermette-cecile-5695/index.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/vien-dominique-191/index.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/anglade-dominique-16499/index.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/begin-louise-1949/index.html" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/beauchamp-line-663/index.html" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/maltais-agnes-57/index.html" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/caron-linda-19313/index.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/caron-jocelyne-2411/index.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/l-ecuyer-charlotte-51/index.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/boulet-julie-649/index.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/st-pierre-christine-1235/index.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/dionne-marsolais-rita-2915/index.html" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/index.html" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/menard-nicole-113/index.html" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lecours-lucie-17949/index.html" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/boutin-joelle-18561/biographie.html" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/hebert-genevieve-17877/index.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/poirier-carole-9/biographie.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/hivon-veronique-27/index.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/robert-helene-5113/index.html" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lecours-lucie-17949/index.html" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/charlebois-lucie-1017/index.html" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/charbonneau-francine-635/index.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/leger-nicole-63/index.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/perreault-sarah-5829/index.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/bacon-lise-1807/index.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/richard-lorraine-287/index.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/belanger-madeleine-1973/index.html" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/masse-manon-15421/index.html" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/theriault-lise-1355/index.html" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/garceau-brigitte-b-19271/index.html" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/maccarone-jennifer-17911/index.html" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/garceau-brigitte-b-19271/index.html" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/roy-nathalie-12187/index.html" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/rotiroti-filomena-1171/index.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/roy-sylvie-1201/index.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/roy-nathalie-12187/index.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/vermette-cecile-5695/index.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/leblanc-diane-4075/index.html" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/courchesne-michelle-859/index.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lemieux-diane-4157/index.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/rotiroti-filomena-1171/index.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/doyer-danielle-91/index.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/ouellet-martine-8431/index.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/de-santis-rita-lc-12217/index.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/rotiroti-filomena-1171/index.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/vien-dominique-191/index.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/blais-marguerite-1263/index.html" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/index.html" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/maltais-agnes-57/index.html" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/masse-manon-15421/index.html" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/d-amours-sylvie-15399/index.html" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/dionne-amelie-19273/index.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/index.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/charlebois-lucie-1017/index.html" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/roy-nathalie-12187/index.html" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/menard-nicole-113/index.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/proulx-suzanne-12235/index.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/doyer-danielle-91/index.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/charest-solange-2521/index.html" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/masse-manon-15421/index.html" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/theriault-lise-1355/index.html" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/ghazal-ruba-17933/index.html" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/gendron-marie-belle-19293/index.html" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/maccarone-jennifer-17911/index.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/charbonneau-francine-635/index.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/leger-nicole-63/index.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lavoie-roux-therese-4045/index.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/belanger-madeleine-1973/index.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/isabelle-claire-17939/index.html" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/charlebois-lucie-1017/index.html" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/d-amours-sylvie-15399/index.html" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/bogemans-audrey-19325/index.html" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/roy-suzanne-19265/index.html" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/houda-pepin-fatima-61/index.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lemieux-diane-4157/index.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/rotiroti-filomena-1171/index.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/vermette-cecile-5695/index.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/houda-pepin-fatima-61/index.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/dansereau-suzanne-17907/index.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/sauve-monique-16493/index.html" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/theriault-lise-1355/index.html" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/bacon-lise-1807/biographie.html" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/maltais-agnes-57/index.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/anglade-dominique-16499/index.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/de-santis-rita-lc-12217/index.html" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gaudreault-maryse-959/index.html" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/montpetit-marie-15369/index.html" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/roy-nathalie-12187/index.html" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/rizqy-marwah-17883/index.html" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/leger-nicole-63/index.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/menard-nicole-113/index.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/index.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/hivon-veronique-27/index.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/belanger-madeleine-1973/index.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/l-ecuyer-charlotte-51/index.html" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/melancon-isabelle-16779/index.html" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/guillemette-nancy-18247/index.html" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/jerome-forget-monique-3707/index.html" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/charlebois-lucie-1017/index.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/carrier-perreault-denise-2437/index.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/maltais-agnes-57/index.html" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/theriault-lise-1355/index.html" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/dionne-amelie-19273/index.html" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/labrie-christine-17889/index.html" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/caron-linda-19313/index.html" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/ghazal-ruba-17933/index.html" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/setlakwe-michelle-19285/index.html" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/nichols-marie-claude-15439/index.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/patrimoine/leaders.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/roy-sylvie-1201/index.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/charest-solange-2521/index.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/doyer-danielle-91/index.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/chasse-mariechantal-17865/index.html" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gaudreault-maryse-959/index.html" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/index.html" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/anglade-dominique-16499/index.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/beaudoin-denise-727/index.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/malavoy-marie-255/index.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/richard-lorraine-287/index.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/dionne-marsolais-rita-2915/index.html" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lachapelle-huguette-3847/index.html" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lebel-sonia-17847/index.html" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/guillemette-nancy-18247/index.html" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/rotiroti-filomena-1171/index.html" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/zaga-mendez-alejandra-19263/index.html" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/d-amours-sylvie-15399/index.html" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lachapelle-huguette-3847/index.html" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/leger-nicole-63/index.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/menard-nicole-113/index.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/david-helene-15379/index.html" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/nichols-marie-claude-15439/index.html" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/richard-lorraine-287/index.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/carrier-perreault-denise-2437/index.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/bouille-marie-155/index.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/carrier-perreault-denise-2437/index.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lemieux-diane-4157/index.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/hovington-claire-helene-3671/index.html" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/courchesne-michelle-859/biographie.html" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/maltais-agnes-57/index.html" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/theriault-lise-1355/index.html" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/labrie-christine-17889/index.html" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/lakhoyan-olivier-sona-19295/index.html" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/dufour-virginie-19287/index.html" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/duranceau-france-elaine-19257/index.html" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/rizqy-marwah-17883/index.html" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/setlakwe-michelle-19285/index.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/patrimoine/leaders.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/roy-sylvie-1201/index.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/robert-helene-5113/index.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gaudreault-maryse-959/index.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/richard-monique-409/index.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/st-pierre-christine-1235/index.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/frulla-liza-3285/index.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lapointe-linda-5883/index.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/cuerrier-louise-2723/index.html" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/guilbault-genevieve-16885/index.html" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/normandeau-nathalie-1063/index.html" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/leger-nicole-63/index.html" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/maltais-agnes-57/index.html" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/cadet-madwa-nika-19261/index.html" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/guillemette-nancy-18247/index.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/caron-jocelyne-2411/index.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/champagne-noella-229/index.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/vien-dominique-191/index.html" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lecours-lucie-17949/index.html" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/zakaib-elaine-12197/biographie.html" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/leger-nicole-63/index.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/poirier-carole-9/index.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/dionne-marsolais-rita-2915/index.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/beaudoin-louise-293/index.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/belanger-madeleine-1973/index.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/blackburn-jeanne-l-2113/index.html" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lavallee-lise-15389/index.html" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/hebert-genevieve-17877/index.html" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/charlebois-lucie-1017/index.html" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/anglade-dominique-16499/index.html" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/maccarone-jennifer-17911/index.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/montpetit-marie-15369/index.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/morissette-catherine-5895/index.html" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/melancon-isabelle-16779/index.html" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/dufour-virginie-19287/index.html" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/garceau-brigitte-b-19271/index.html" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lebel-sonia-17847/index.html" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/rotiroti-filomena-1171/index.html" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/maccarone-jennifer-17911/index.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/leger-nicole-63/index.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/patrimoine/leaders.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/rotiroti-filomena-1171/index.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/richard-lorraine-287/index.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/vermette-cecile-5695/index.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/vien-dominique-191/index.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/anglade-dominique-16499/index.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/begin-louise-1949/index.html" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/beauchamp-line-663/index.html" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/maltais-agnes-57/index.html" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/caron-linda-19313/index.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/caron-jocelyne-2411/index.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/l-ecuyer-charlotte-51/index.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/boulet-julie-649/index.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/st-pierre-christine-1235/index.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/dionne-marsolais-rita-2915/index.html" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/index.html" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/menard-nicole-113/index.html" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lecours-lucie-17949/index.html" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/boutin-joelle-18561/biographie.html" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/hebert-genevieve-17877/index.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/poirier-carole-9/biographie.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/hivon-veronique-27/index.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/robert-helene-5113/index.html" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lecours-lucie-17949/index.html" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/charlebois-lucie-1017/index.html" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/charbonneau-francine-635/index.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/leger-nicole-63/index.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/perreault-sarah-5829/index.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/bacon-lise-1807/index.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/richard-lorraine-287/index.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/belanger-madeleine-1973/index.html" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/masse-manon-15421/index.html" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/theriault-lise-1355/index.html" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/garceau-brigitte-b-19271/index.html" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/maccarone-jennifer-17911/index.html" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/garceau-brigitte-b-19271/index.html" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/rotiroti-filomena-1171/index.html" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/roy-nathalie-12187/index.html" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/rotiroti-filomena-1171/index.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/roy-sylvie-1201/index.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/roy-nathalie-12187/index.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/vermette-cecile-5695/index.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/leblanc-diane-4075/index.html" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/courchesne-michelle-859/index.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lemieux-diane-4157/index.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/rotiroti-filomena-1171/index.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/doyer-danielle-91/index.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/ouellet-martine-8431/index.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/de-santis-rita-lc-12217/index.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/rotiroti-filomena-1171/index.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/vien-dominique-191/index.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/blais-marguerite-1263/index.html" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/index.html" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/maltais-agnes-57/index.html" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/masse-manon-15421/index.html" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/d-amours-sylvie-15399/index.html" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/dionne-amelie-19273/index.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/index.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/charlebois-lucie-1017/index.html" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/roy-nathalie-12187/index.html" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/setlakwe-michelle-19285/index.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/menard-nicole-113/index.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/proulx-suzanne-12235/index.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/doyer-danielle-91/index.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/charest-solange-2521/index.html" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/masse-manon-15421/index.html" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/theriault-lise-1355/index.html" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/ghazal-ruba-17933/index.html" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/gendron-marie-belle-19293/index.html" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/maccarone-jennifer-17911/index.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/roy-sylvie-1201/index.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EFDB7CCA-378C-457C-A42D-FCDFF02FBA90}">
-  <dimension ref="A1:O513"/>
+  <dimension ref="A1:O516"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A21" workbookViewId="0">
-      <selection activeCell="B31" sqref="B31"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="J7" sqref="J7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="26.140625" customWidth="1"/>
     <col min="2" max="2" width="31.85546875" style="3" customWidth="1"/>
     <col min="3" max="3" width="22.7109375" style="3" customWidth="1"/>
     <col min="4" max="4" width="17.7109375" style="3" customWidth="1"/>
     <col min="5" max="5" width="21.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="50.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="20" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="20"/>
       <c r="C1" s="20"/>
       <c r="D1" s="20"/>
       <c r="E1" s="20"/>
     </row>
     <row r="2" spans="1:6" ht="26.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="16" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="16" t="s">
@@ -2331,52 +2331,52 @@
       </c>
       <c r="C60" s="7" t="s">
         <v>8</v>
       </c>
       <c r="D60" s="8">
         <v>44879</v>
       </c>
       <c r="E60" s="15">
         <v>45148</v>
       </c>
       <c r="F60" s="1"/>
     </row>
     <row r="61" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
       <c r="A61" s="11" t="s">
         <v>71</v>
       </c>
       <c r="B61" s="7" t="s">
         <v>73</v>
       </c>
       <c r="C61" s="7" t="s">
         <v>8</v>
       </c>
       <c r="D61" s="8">
         <v>45217</v>
       </c>
-      <c r="E61" s="15" t="s">
-        <v>36</v>
+      <c r="E61" s="15">
+        <v>45845</v>
       </c>
       <c r="F61" s="1"/>
     </row>
     <row r="62" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A62" s="18" t="s">
         <v>166</v>
       </c>
       <c r="B62" s="19" t="s">
         <v>163</v>
       </c>
       <c r="C62" s="7" t="s">
         <v>28</v>
       </c>
       <c r="D62" s="8">
         <v>45910</v>
       </c>
       <c r="E62" s="15" t="s">
         <v>36</v>
       </c>
       <c r="F62" s="1"/>
     </row>
     <row r="63" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A63" s="11" t="s">
         <v>74</v>
       </c>
@@ -2727,52 +2727,52 @@
       </c>
       <c r="C82" s="7" t="s">
         <v>28</v>
       </c>
       <c r="D82" s="8">
         <v>43438</v>
       </c>
       <c r="E82" s="8">
         <v>44801</v>
       </c>
       <c r="F82" s="1"/>
     </row>
     <row r="83" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A83" s="11" t="s">
         <v>87</v>
       </c>
       <c r="B83" s="7" t="s">
         <v>7</v>
       </c>
       <c r="C83" s="7" t="s">
         <v>28</v>
       </c>
       <c r="D83" s="15">
         <v>43391</v>
       </c>
-      <c r="E83" s="15" t="s">
-        <v>36</v>
+      <c r="E83" s="15">
+        <v>45910</v>
       </c>
       <c r="F83" s="1"/>
     </row>
     <row r="84" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
       <c r="A84" s="11" t="s">
         <v>88</v>
       </c>
       <c r="B84" s="7" t="s">
         <v>63</v>
       </c>
       <c r="C84" s="7" t="s">
         <v>28</v>
       </c>
       <c r="D84" s="8">
         <v>43726</v>
       </c>
       <c r="E84" s="15">
         <v>44801</v>
       </c>
       <c r="F84" s="1"/>
     </row>
     <row r="85" spans="1:6" ht="57" x14ac:dyDescent="0.25">
       <c r="A85" s="11" t="s">
         <v>88</v>
       </c>
@@ -3624,1967 +3624,2012 @@
       </c>
       <c r="C132" s="7" t="s">
         <v>8</v>
       </c>
       <c r="D132" s="8">
         <v>44901</v>
       </c>
       <c r="E132" s="15">
         <v>45845</v>
       </c>
       <c r="F132" s="1"/>
     </row>
     <row r="133" spans="1:15" ht="42.75" x14ac:dyDescent="0.25">
       <c r="A133" s="11" t="s">
         <v>120</v>
       </c>
       <c r="B133" s="7" t="s">
         <v>73</v>
       </c>
       <c r="C133" s="7" t="s">
         <v>8</v>
       </c>
       <c r="D133" s="8">
         <v>45996</v>
       </c>
-      <c r="E133" s="15" t="s">
-        <v>36</v>
+      <c r="E133" s="15">
+        <v>46024</v>
       </c>
       <c r="F133" s="1"/>
     </row>
     <row r="134" spans="1:15" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A134" s="11" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B134" s="7" t="s">
-        <v>23</v>
+        <v>61</v>
       </c>
       <c r="C134" s="7" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="D134" s="8">
-        <v>39828</v>
-[...2 lines deleted...]
-        <v>41122</v>
+        <v>46024</v>
+      </c>
+      <c r="E134" s="15" t="s">
+        <v>36</v>
       </c>
       <c r="F134" s="1"/>
     </row>
     <row r="135" spans="1:15" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A135" s="11" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="B135" s="7" t="s">
-        <v>77</v>
+        <v>23</v>
       </c>
       <c r="C135" s="7" t="s">
         <v>16</v>
       </c>
       <c r="D135" s="8">
-        <v>37740</v>
-[...2 lines deleted...]
-        <v>39134</v>
+        <v>39828</v>
+      </c>
+      <c r="E135" s="15">
+        <v>41122</v>
       </c>
       <c r="F135" s="1"/>
     </row>
     <row r="136" spans="1:15" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A136" s="11" t="s">
         <v>123</v>
       </c>
       <c r="B136" s="7" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="C136" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="D136" s="15">
-[...3 lines deleted...]
-        <v>40442</v>
+      <c r="D136" s="8">
+        <v>37740</v>
+      </c>
+      <c r="E136" s="8">
+        <v>39134</v>
       </c>
       <c r="F136" s="1"/>
     </row>
-    <row r="137" spans="1:15" ht="42.75" x14ac:dyDescent="0.25">
+    <row r="137" spans="1:15" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A137" s="11" t="s">
         <v>123</v>
       </c>
       <c r="B137" s="7" t="s">
-        <v>35</v>
+        <v>72</v>
       </c>
       <c r="C137" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="D137" s="8">
-        <v>40456</v>
+      <c r="D137" s="15">
+        <v>39798</v>
       </c>
       <c r="E137" s="15">
-        <v>41122</v>
+        <v>40442</v>
       </c>
       <c r="F137" s="1"/>
     </row>
-    <row r="138" spans="1:15" ht="28.5" x14ac:dyDescent="0.25">
+    <row r="138" spans="1:15" ht="42.75" x14ac:dyDescent="0.25">
       <c r="A138" s="11" t="s">
         <v>123</v>
       </c>
       <c r="B138" s="7" t="s">
-        <v>119</v>
+        <v>35</v>
       </c>
       <c r="C138" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="D138" s="15">
-        <v>41752</v>
+      <c r="D138" s="8">
+        <v>40456</v>
       </c>
       <c r="E138" s="15">
-        <v>42140</v>
+        <v>41122</v>
       </c>
       <c r="F138" s="1"/>
     </row>
     <row r="139" spans="1:15" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A139" s="11" t="s">
         <v>123</v>
       </c>
       <c r="B139" s="7" t="s">
-        <v>72</v>
+        <v>119</v>
       </c>
       <c r="C139" s="7" t="s">
         <v>16</v>
       </c>
       <c r="D139" s="15">
+        <v>41752</v>
+      </c>
+      <c r="E139" s="15">
         <v>42140</v>
-      </c>
-[...1 lines deleted...]
-        <v>42502</v>
       </c>
       <c r="F139" s="1"/>
     </row>
     <row r="140" spans="1:15" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A140" s="11" t="s">
         <v>123</v>
       </c>
       <c r="B140" s="7" t="s">
-        <v>9</v>
+        <v>72</v>
       </c>
       <c r="C140" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="D140" s="8">
-        <v>42606</v>
+      <c r="D140" s="15">
+        <v>42140</v>
       </c>
       <c r="E140" s="15">
-        <v>42675</v>
+        <v>42502</v>
       </c>
       <c r="F140" s="1"/>
-      <c r="L140" s="1"/>
-[...4 lines deleted...]
-    <row r="141" spans="1:15" ht="42.75" x14ac:dyDescent="0.25">
+    </row>
+    <row r="141" spans="1:15" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A141" s="11" t="s">
         <v>123</v>
       </c>
       <c r="B141" s="7" t="s">
-        <v>63</v>
+        <v>9</v>
       </c>
       <c r="C141" s="7" t="s">
         <v>16</v>
       </c>
       <c r="D141" s="8">
+        <v>42606</v>
+      </c>
+      <c r="E141" s="15">
         <v>42675</v>
       </c>
-      <c r="E141" s="15">
-[...1 lines deleted...]
-      </c>
       <c r="F141" s="1"/>
-      <c r="G141" s="1"/>
-[...3 lines deleted...]
-      <c r="K141" s="1"/>
       <c r="L141" s="1"/>
       <c r="M141" s="1"/>
       <c r="N141" s="1"/>
       <c r="O141" s="1"/>
     </row>
     <row r="142" spans="1:15" ht="42.75" x14ac:dyDescent="0.25">
       <c r="A142" s="11" t="s">
         <v>123</v>
       </c>
       <c r="B142" s="7" t="s">
         <v>63</v>
       </c>
       <c r="C142" s="7" t="s">
         <v>16</v>
       </c>
       <c r="D142" s="8">
         <v>42675</v>
       </c>
-      <c r="E142" s="8">
+      <c r="E142" s="15">
         <v>43335</v>
       </c>
       <c r="F142" s="1"/>
       <c r="G142" s="1"/>
       <c r="H142" s="1"/>
       <c r="I142" s="1"/>
       <c r="J142" s="1"/>
       <c r="K142" s="1"/>
       <c r="L142" s="1"/>
       <c r="M142" s="1"/>
       <c r="N142" s="1"/>
       <c r="O142" s="1"/>
     </row>
-    <row r="143" spans="1:15" ht="28.5" x14ac:dyDescent="0.25">
+    <row r="143" spans="1:15" ht="42.75" x14ac:dyDescent="0.25">
       <c r="A143" s="11" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B143" s="7" t="s">
-        <v>78</v>
+        <v>63</v>
       </c>
       <c r="C143" s="7" t="s">
         <v>16</v>
       </c>
       <c r="D143" s="8">
-        <v>30203</v>
-[...2 lines deleted...]
-        <v>31393</v>
+        <v>42675</v>
+      </c>
+      <c r="E143" s="8">
+        <v>43335</v>
       </c>
       <c r="F143" s="1"/>
       <c r="G143" s="1"/>
       <c r="H143" s="1"/>
       <c r="I143" s="1"/>
       <c r="J143" s="1"/>
       <c r="K143" s="1"/>
       <c r="L143" s="1"/>
       <c r="M143" s="1"/>
       <c r="N143" s="1"/>
       <c r="O143" s="1"/>
     </row>
     <row r="144" spans="1:15" ht="28.5" x14ac:dyDescent="0.25">
-      <c r="A144" s="12" t="s">
+      <c r="A144" s="11" t="s">
         <v>124</v>
       </c>
       <c r="B144" s="7" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="C144" s="7" t="s">
         <v>16</v>
       </c>
       <c r="D144" s="8">
-        <v>32841</v>
+        <v>30203</v>
       </c>
       <c r="E144" s="15">
-        <v>34539</v>
+        <v>31393</v>
       </c>
       <c r="F144" s="1"/>
       <c r="G144" s="1"/>
       <c r="H144" s="1"/>
       <c r="I144" s="1"/>
       <c r="J144" s="1"/>
       <c r="K144" s="1"/>
       <c r="L144" s="1"/>
       <c r="M144" s="1"/>
       <c r="N144" s="1"/>
       <c r="O144" s="1"/>
     </row>
-    <row r="145" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A145" s="11" t="s">
+    <row r="145" spans="1:15" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A145" s="12" t="s">
         <v>124</v>
       </c>
       <c r="B145" s="7" t="s">
-        <v>163</v>
+        <v>79</v>
       </c>
       <c r="C145" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="D145" s="15">
-        <v>34603</v>
+      <c r="D145" s="8">
+        <v>32841</v>
       </c>
       <c r="E145" s="15">
-        <v>35006</v>
+        <v>34539</v>
       </c>
       <c r="F145" s="1"/>
       <c r="G145" s="1"/>
       <c r="H145" s="1"/>
       <c r="I145" s="1"/>
       <c r="J145" s="1"/>
       <c r="K145" s="1"/>
       <c r="L145" s="1"/>
       <c r="M145" s="1"/>
       <c r="N145" s="1"/>
       <c r="O145" s="1"/>
     </row>
     <row r="146" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A146" s="11" t="s">
         <v>124</v>
       </c>
       <c r="B146" s="7" t="s">
-        <v>7</v>
+        <v>163</v>
       </c>
       <c r="C146" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="D146" s="8">
-[...3 lines deleted...]
-        <v>37740</v>
+      <c r="D146" s="15">
+        <v>34603</v>
+      </c>
+      <c r="E146" s="15">
+        <v>35006</v>
       </c>
       <c r="F146" s="1"/>
       <c r="G146" s="1"/>
       <c r="H146" s="1"/>
       <c r="I146" s="1"/>
       <c r="J146" s="1"/>
       <c r="K146" s="1"/>
       <c r="L146" s="1"/>
       <c r="M146" s="1"/>
       <c r="N146" s="1"/>
       <c r="O146" s="1"/>
     </row>
-    <row r="147" spans="1:15" ht="28.5" x14ac:dyDescent="0.25">
+    <row r="147" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A147" s="11" t="s">
         <v>124</v>
       </c>
       <c r="B147" s="7" t="s">
-        <v>125</v>
+        <v>7</v>
       </c>
       <c r="C147" s="7" t="s">
         <v>16</v>
       </c>
       <c r="D147" s="8">
-        <v>39356</v>
-[...2 lines deleted...]
-        <v>39757</v>
+        <v>36958</v>
+      </c>
+      <c r="E147" s="8">
+        <v>37740</v>
       </c>
       <c r="F147" s="1"/>
       <c r="G147" s="1"/>
       <c r="H147" s="1"/>
       <c r="I147" s="1"/>
       <c r="J147" s="1"/>
       <c r="K147" s="1"/>
       <c r="L147" s="1"/>
       <c r="M147" s="1"/>
       <c r="N147" s="1"/>
       <c r="O147" s="1"/>
     </row>
-    <row r="148" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="148" spans="1:15" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A148" s="11" t="s">
         <v>124</v>
       </c>
       <c r="B148" s="7" t="s">
-        <v>10</v>
+        <v>125</v>
       </c>
       <c r="C148" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="D148" s="15">
-        <v>39797</v>
+      <c r="D148" s="8">
+        <v>39356</v>
       </c>
       <c r="E148" s="15">
-        <v>41122</v>
+        <v>39757</v>
       </c>
       <c r="F148" s="1"/>
       <c r="G148" s="1"/>
       <c r="H148" s="1"/>
       <c r="I148" s="1"/>
       <c r="J148" s="1"/>
       <c r="K148" s="1"/>
       <c r="L148" s="1"/>
       <c r="M148" s="1"/>
       <c r="N148" s="1"/>
       <c r="O148" s="1"/>
     </row>
     <row r="149" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A149" s="11" t="s">
         <v>124</v>
       </c>
       <c r="B149" s="7" t="s">
-        <v>126</v>
+        <v>10</v>
       </c>
       <c r="C149" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="D149" s="8">
-[...3 lines deleted...]
-        <v>41752</v>
+      <c r="D149" s="15">
+        <v>39797</v>
+      </c>
+      <c r="E149" s="15">
+        <v>41122</v>
       </c>
       <c r="F149" s="1"/>
       <c r="G149" s="1"/>
       <c r="H149" s="1"/>
       <c r="I149" s="1"/>
       <c r="J149" s="1"/>
       <c r="K149" s="1"/>
       <c r="L149" s="1"/>
       <c r="M149" s="1"/>
       <c r="N149" s="1"/>
       <c r="O149" s="1"/>
     </row>
-    <row r="150" spans="1:15" ht="28.5" x14ac:dyDescent="0.25">
+    <row r="150" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A150" s="11" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="B150" s="7" t="s">
-        <v>169</v>
+        <v>126</v>
       </c>
       <c r="C150" s="7" t="s">
-        <v>85</v>
+        <v>16</v>
       </c>
       <c r="D150" s="8">
-        <v>43383</v>
-[...2 lines deleted...]
-        <v>43544</v>
+        <v>41171</v>
+      </c>
+      <c r="E150" s="8">
+        <v>41752</v>
       </c>
       <c r="F150" s="1"/>
       <c r="G150" s="1"/>
       <c r="H150" s="1"/>
       <c r="I150" s="1"/>
       <c r="J150" s="1"/>
       <c r="K150" s="1"/>
       <c r="L150" s="1"/>
       <c r="M150" s="1"/>
       <c r="N150" s="1"/>
       <c r="O150" s="1"/>
     </row>
-    <row r="151" spans="1:15" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="151" spans="1:15" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A151" s="11" t="s">
         <v>127</v>
       </c>
       <c r="B151" s="7" t="s">
-        <v>125</v>
+        <v>169</v>
       </c>
       <c r="C151" s="7" t="s">
         <v>85</v>
       </c>
-      <c r="D151" s="15">
-        <v>43545</v>
+      <c r="D151" s="8">
+        <v>43383</v>
       </c>
       <c r="E151" s="15">
-        <v>44409</v>
+        <v>43544</v>
       </c>
       <c r="F151" s="1"/>
       <c r="G151" s="1"/>
       <c r="H151" s="1"/>
       <c r="I151" s="1"/>
       <c r="J151" s="1"/>
       <c r="K151" s="1"/>
       <c r="L151" s="1"/>
       <c r="M151" s="1"/>
       <c r="N151" s="1"/>
       <c r="O151" s="1"/>
     </row>
     <row r="152" spans="1:15" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A152" s="11" t="s">
         <v>127</v>
       </c>
       <c r="B152" s="7" t="s">
-        <v>27</v>
+        <v>125</v>
       </c>
       <c r="C152" s="7" t="s">
         <v>85</v>
       </c>
-      <c r="D152" s="8">
-        <v>44901</v>
+      <c r="D152" s="15">
+        <v>43545</v>
       </c>
       <c r="E152" s="15">
-        <v>45315</v>
+        <v>44409</v>
       </c>
       <c r="F152" s="1"/>
       <c r="G152" s="1"/>
       <c r="H152" s="1"/>
       <c r="I152" s="1"/>
       <c r="J152" s="1"/>
       <c r="K152" s="1"/>
       <c r="L152" s="1"/>
       <c r="M152" s="1"/>
       <c r="N152" s="1"/>
       <c r="O152" s="1"/>
     </row>
-    <row r="153" spans="1:15" ht="28.5" x14ac:dyDescent="0.25">
+    <row r="153" spans="1:15" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A153" s="11" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="B153" s="7" t="s">
-        <v>72</v>
+        <v>27</v>
       </c>
       <c r="C153" s="7" t="s">
-        <v>8</v>
+        <v>85</v>
       </c>
       <c r="D153" s="8">
-        <v>43391</v>
-[...2 lines deleted...]
-        <v>43998</v>
+        <v>44901</v>
+      </c>
+      <c r="E153" s="15">
+        <v>45315</v>
       </c>
       <c r="F153" s="1"/>
       <c r="G153" s="1"/>
       <c r="H153" s="1"/>
       <c r="I153" s="1"/>
       <c r="J153" s="1"/>
       <c r="K153" s="1"/>
-    </row>
-    <row r="154" spans="1:15" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="L153" s="1"/>
+      <c r="M153" s="1"/>
+      <c r="N153" s="1"/>
+      <c r="O153" s="1"/>
+    </row>
+    <row r="154" spans="1:15" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A154" s="11" t="s">
         <v>128</v>
       </c>
       <c r="B154" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="C154" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D154" s="8">
+        <v>43391</v>
+      </c>
+      <c r="E154" s="8">
+        <v>43998</v>
+      </c>
+      <c r="F154" s="1"/>
+      <c r="G154" s="1"/>
+      <c r="H154" s="1"/>
+      <c r="I154" s="1"/>
+      <c r="J154" s="1"/>
+      <c r="K154" s="1"/>
+    </row>
+    <row r="155" spans="1:15" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="A155" s="11" t="s">
+        <v>128</v>
+      </c>
+      <c r="B155" s="7" t="s">
         <v>129</v>
       </c>
-      <c r="C154" s="7" t="s">
-[...2 lines deleted...]
-      <c r="D154" s="8">
+      <c r="C155" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D155" s="8">
         <v>43999</v>
       </c>
-      <c r="E154" s="15">
+      <c r="E155" s="15">
         <v>44801</v>
       </c>
-      <c r="F154" s="1"/>
-[...16 lines deleted...]
-      </c>
       <c r="F155" s="1"/>
     </row>
-    <row r="156" spans="1:15" ht="41.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="156" spans="1:15" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A156" s="11" t="s">
         <v>130</v>
       </c>
       <c r="B156" s="7" t="s">
-        <v>39</v>
+        <v>131</v>
       </c>
       <c r="C156" s="7" t="s">
         <v>8</v>
       </c>
       <c r="D156" s="8">
+        <v>41743</v>
+      </c>
+      <c r="E156" s="8">
         <v>43019</v>
       </c>
-      <c r="E156" s="8">
-[...1 lines deleted...]
-      </c>
       <c r="F156" s="1"/>
     </row>
-    <row r="157" spans="1:15" ht="57.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="157" spans="1:15" ht="41.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A157" s="11" t="s">
         <v>130</v>
       </c>
       <c r="B157" s="7" t="s">
-        <v>116</v>
+        <v>39</v>
       </c>
       <c r="C157" s="7" t="s">
         <v>8</v>
       </c>
       <c r="D157" s="8">
-        <v>43383</v>
+        <v>43019</v>
       </c>
       <c r="E157" s="8">
-        <v>43998</v>
+        <v>43335</v>
       </c>
       <c r="F157" s="1"/>
     </row>
-    <row r="158" spans="1:15" ht="28.5" x14ac:dyDescent="0.25">
+    <row r="158" spans="1:15" ht="57.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A158" s="11" t="s">
         <v>130</v>
       </c>
       <c r="B158" s="7" t="s">
+        <v>116</v>
+      </c>
+      <c r="C158" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D158" s="8">
+        <v>43383</v>
+      </c>
+      <c r="E158" s="8">
+        <v>43998</v>
+      </c>
+      <c r="F158" s="1"/>
+    </row>
+    <row r="159" spans="1:15" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A159" s="11" t="s">
+        <v>130</v>
+      </c>
+      <c r="B159" s="7" t="s">
         <v>132</v>
       </c>
-      <c r="C158" s="7" t="s">
-[...2 lines deleted...]
-      <c r="D158" s="15">
+      <c r="C159" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D159" s="15">
         <v>43999</v>
       </c>
-      <c r="E158" s="15">
+      <c r="E159" s="15">
         <v>44447</v>
-      </c>
-[...16 lines deleted...]
-        <v>44501</v>
       </c>
       <c r="F159" s="1"/>
     </row>
     <row r="160" spans="1:15" ht="56.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A160" s="14" t="s">
         <v>133</v>
       </c>
       <c r="B160" s="7" t="s">
+        <v>164</v>
+      </c>
+      <c r="C160" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D160" s="8">
+        <v>43438</v>
+      </c>
+      <c r="E160" s="15">
+        <v>44501</v>
+      </c>
+      <c r="F160" s="1"/>
+    </row>
+    <row r="161" spans="1:6" ht="56.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A161" s="14" t="s">
+        <v>133</v>
+      </c>
+      <c r="B161" s="7" t="s">
         <v>134</v>
       </c>
-      <c r="C160" s="7" t="s">
-[...2 lines deleted...]
-      <c r="D160" s="8">
+      <c r="C161" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D161" s="8">
         <v>44286</v>
       </c>
-      <c r="E160" s="15">
+      <c r="E161" s="15">
         <v>44415</v>
       </c>
-      <c r="F160" s="1"/>
-[...2 lines deleted...]
-      <c r="A161" s="11" t="s">
+      <c r="F161" s="1"/>
+    </row>
+    <row r="162" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A162" s="11" t="s">
         <v>135</v>
       </c>
-      <c r="B161" s="7" t="s">
+      <c r="B162" s="7" t="s">
         <v>42</v>
       </c>
-      <c r="C161" s="7" t="s">
+      <c r="C162" s="7" t="s">
         <v>105</v>
       </c>
-      <c r="D161" s="8">
+      <c r="D162" s="8">
         <v>39227</v>
       </c>
-      <c r="E161" s="15">
+      <c r="E162" s="15">
         <v>39757</v>
       </c>
-      <c r="F161" s="1"/>
-[...16 lines deleted...]
-      </c>
       <c r="F162" s="1"/>
     </row>
-    <row r="163" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
+    <row r="163" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A163" s="11" t="s">
         <v>136</v>
       </c>
       <c r="B163" s="7" t="s">
+        <v>50</v>
+      </c>
+      <c r="C163" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D163" s="8">
+        <v>42403</v>
+      </c>
+      <c r="E163" s="8">
+        <v>43335</v>
+      </c>
+      <c r="F163" s="1"/>
+    </row>
+    <row r="164" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="A164" s="11" t="s">
+        <v>136</v>
+      </c>
+      <c r="B164" s="7" t="s">
         <v>70</v>
       </c>
-      <c r="C163" s="7" t="s">
-[...2 lines deleted...]
-      <c r="D163" s="8">
+      <c r="C164" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D164" s="8">
         <v>45845</v>
       </c>
-      <c r="E163" s="8" t="s">
+      <c r="E164" s="8" t="s">
         <v>36</v>
       </c>
-      <c r="F163" s="1"/>
-[...2 lines deleted...]
-      <c r="A164" s="11" t="s">
+      <c r="F164" s="1"/>
+    </row>
+    <row r="165" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A165" s="11" t="s">
         <v>137</v>
       </c>
-      <c r="B164" s="7" t="s">
+      <c r="B165" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C164" s="7" t="s">
-[...2 lines deleted...]
-      <c r="D164" s="15">
+      <c r="C165" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D165" s="15">
         <v>39190</v>
       </c>
-      <c r="E164" s="8">
+      <c r="E165" s="8">
         <v>40792</v>
-      </c>
-[...16 lines deleted...]
-        <v>42771</v>
       </c>
       <c r="F165" s="1"/>
     </row>
     <row r="166" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
       <c r="A166" s="11" t="s">
+        <v>138</v>
+      </c>
+      <c r="B166" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C166" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D166" s="8">
+        <v>41792</v>
+      </c>
+      <c r="E166" s="15">
+        <v>42771</v>
+      </c>
+      <c r="F166" s="1"/>
+    </row>
+    <row r="167" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="A167" s="11" t="s">
         <v>139</v>
       </c>
-      <c r="B166" s="7" t="s">
+      <c r="B167" s="7" t="s">
         <v>48</v>
       </c>
-      <c r="C166" s="7" t="s">
-[...2 lines deleted...]
-      <c r="D166" s="8">
+      <c r="C167" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D167" s="8">
         <v>38077</v>
       </c>
-      <c r="E166" s="8">
+      <c r="E167" s="8">
         <v>39134</v>
-      </c>
-[...16 lines deleted...]
-        <v>41779</v>
       </c>
       <c r="F167" s="1"/>
     </row>
     <row r="168" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A168" s="11" t="s">
         <v>140</v>
       </c>
       <c r="B168" s="7" t="s">
+        <v>96</v>
+      </c>
+      <c r="C168" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D168" s="8">
+        <v>41212</v>
+      </c>
+      <c r="E168" s="15">
+        <v>41779</v>
+      </c>
+      <c r="F168" s="1"/>
+    </row>
+    <row r="169" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A169" s="11" t="s">
+        <v>140</v>
+      </c>
+      <c r="B169" s="7" t="s">
         <v>67</v>
       </c>
-      <c r="C168" s="7" t="s">
-[...2 lines deleted...]
-      <c r="D168" s="15">
+      <c r="C169" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D169" s="15">
         <v>42507</v>
       </c>
-      <c r="E168" s="15">
+      <c r="E169" s="15">
         <v>42670</v>
       </c>
-      <c r="F168" s="1"/>
-[...2 lines deleted...]
-      <c r="A169" s="12" t="s">
+      <c r="F169" s="1"/>
+    </row>
+    <row r="170" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A170" s="12" t="s">
         <v>140</v>
       </c>
-      <c r="B169" s="7" t="s">
+      <c r="B170" s="7" t="s">
         <v>116</v>
       </c>
-      <c r="C169" s="7" t="s">
-[...2 lines deleted...]
-      <c r="D169" s="8">
+      <c r="C170" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D170" s="8">
         <v>42657</v>
       </c>
-      <c r="E169" s="8">
+      <c r="E170" s="8">
         <v>43133</v>
-      </c>
-[...16 lines deleted...]
-        <v>43198</v>
       </c>
       <c r="F170" s="1"/>
     </row>
     <row r="171" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A171" s="11" t="s">
         <v>140</v>
       </c>
       <c r="B171" s="7" t="s">
-        <v>119</v>
+        <v>72</v>
       </c>
       <c r="C171" s="7" t="s">
         <v>16</v>
       </c>
       <c r="D171" s="8">
+        <v>43133</v>
+      </c>
+      <c r="E171" s="15">
         <v>43198</v>
       </c>
-      <c r="E171" s="8">
-[...1 lines deleted...]
-      </c>
       <c r="F171" s="1"/>
     </row>
-    <row r="172" spans="1:6" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="172" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A172" s="11" t="s">
         <v>140</v>
       </c>
       <c r="B172" s="7" t="s">
+        <v>119</v>
+      </c>
+      <c r="C172" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D172" s="8">
+        <v>43198</v>
+      </c>
+      <c r="E172" s="8">
+        <v>43235</v>
+      </c>
+      <c r="F172" s="1"/>
+    </row>
+    <row r="173" spans="1:6" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A173" s="11" t="s">
+        <v>140</v>
+      </c>
+      <c r="B173" s="7" t="s">
         <v>72</v>
       </c>
-      <c r="C172" s="7" t="s">
-[...2 lines deleted...]
-      <c r="D172" s="8">
+      <c r="C173" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D173" s="8">
         <v>43235</v>
       </c>
-      <c r="E172" s="8">
+      <c r="E173" s="8">
         <v>43335</v>
       </c>
-      <c r="F172" s="1"/>
-[...2 lines deleted...]
-      <c r="A173" s="11" t="s">
+      <c r="F173" s="1"/>
+    </row>
+    <row r="174" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="A174" s="11" t="s">
         <v>141</v>
       </c>
-      <c r="B173" s="7" t="s">
+      <c r="B174" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="C173" s="7" t="s">
-[...2 lines deleted...]
-      <c r="D173" s="8">
+      <c r="C174" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D174" s="8">
         <v>41248</v>
       </c>
-      <c r="E173" s="8">
-[...17 lines deleted...]
-      <c r="E174" s="15">
+      <c r="E174" s="8">
         <v>41703</v>
       </c>
       <c r="F174" s="1"/>
     </row>
     <row r="175" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A175" s="11" t="s">
         <v>142</v>
       </c>
       <c r="B175" s="7" t="s">
-        <v>77</v>
+        <v>61</v>
       </c>
       <c r="C175" s="7" t="s">
         <v>16</v>
       </c>
       <c r="D175" s="8">
-        <v>42502</v>
-[...2 lines deleted...]
-        <v>42659</v>
+        <v>41220</v>
+      </c>
+      <c r="E175" s="15">
+        <v>41703</v>
       </c>
       <c r="F175" s="1"/>
     </row>
     <row r="176" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A176" s="11" t="s">
         <v>142</v>
       </c>
       <c r="B176" s="7" t="s">
-        <v>42</v>
+        <v>77</v>
       </c>
       <c r="C176" s="7" t="s">
         <v>16</v>
       </c>
       <c r="D176" s="8">
-        <v>42676</v>
-[...2 lines deleted...]
-        <v>43335</v>
+        <v>42502</v>
+      </c>
+      <c r="E176" s="8">
+        <v>42659</v>
       </c>
       <c r="F176" s="1"/>
     </row>
-    <row r="177" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
+    <row r="177" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A177" s="11" t="s">
         <v>142</v>
       </c>
       <c r="B177" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C177" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D177" s="8">
+        <v>42676</v>
+      </c>
+      <c r="E177" s="15">
+        <v>43335</v>
+      </c>
+      <c r="F177" s="1"/>
+    </row>
+    <row r="178" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="A178" s="11" t="s">
+        <v>142</v>
+      </c>
+      <c r="B178" s="7" t="s">
         <v>173</v>
       </c>
-      <c r="C177" s="7" t="s">
-[...2 lines deleted...]
-      <c r="D177" s="8">
+      <c r="C178" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D178" s="8">
         <v>43438</v>
       </c>
-      <c r="E177" s="15">
+      <c r="E178" s="15">
         <v>44801</v>
-      </c>
-[...16 lines deleted...]
-        <v>41122</v>
       </c>
       <c r="F178" s="1"/>
     </row>
     <row r="179" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A179" s="11" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="B179" s="7" t="s">
-        <v>67</v>
+        <v>77</v>
       </c>
       <c r="C179" s="7" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="D179" s="8">
-        <v>44901</v>
+        <v>40774</v>
       </c>
       <c r="E179" s="8">
-        <v>45845</v>
+        <v>41122</v>
       </c>
       <c r="F179" s="1"/>
     </row>
-    <row r="180" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="180" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A180" s="11" t="s">
         <v>144</v>
       </c>
       <c r="B180" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C180" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D180" s="8">
+        <v>44901</v>
+      </c>
+      <c r="E180" s="8">
+        <v>45845</v>
+      </c>
+      <c r="F180" s="1"/>
+    </row>
+    <row r="181" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A181" s="11" t="s">
+        <v>144</v>
+      </c>
+      <c r="B181" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="C180" s="7" t="s">
-[...2 lines deleted...]
-      <c r="D180" s="8">
+      <c r="C181" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D181" s="8">
         <v>45827</v>
       </c>
-      <c r="E180" s="8">
+      <c r="E181" s="8">
         <v>45979</v>
       </c>
-      <c r="F180" s="1"/>
-[...2 lines deleted...]
-      <c r="A181" s="13" t="s">
+      <c r="F181" s="1"/>
+    </row>
+    <row r="182" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="A182" s="13" t="s">
         <v>145</v>
       </c>
-      <c r="B181" s="7" t="s">
+      <c r="B182" s="7" t="s">
         <v>32</v>
       </c>
-      <c r="C181" s="7" t="s">
-[...2 lines deleted...]
-      <c r="D181" s="8">
+      <c r="C182" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D182" s="8">
         <v>36223</v>
       </c>
-      <c r="E181" s="15">
+      <c r="E182" s="15">
         <v>36954</v>
       </c>
-      <c r="F181" s="1"/>
-[...2 lines deleted...]
-      <c r="A182" s="11" t="s">
+      <c r="F182" s="1"/>
+    </row>
+    <row r="183" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="A183" s="11" t="s">
         <v>145</v>
       </c>
-      <c r="B182" s="7" t="s">
+      <c r="B183" s="7" t="s">
         <v>48</v>
       </c>
-      <c r="C182" s="7" t="s">
-[...2 lines deleted...]
-      <c r="D182" s="8">
+      <c r="C183" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D183" s="8">
         <v>36977</v>
       </c>
-      <c r="E182" s="8">
+      <c r="E183" s="8">
         <v>37692</v>
       </c>
-      <c r="F182" s="1"/>
-[...2 lines deleted...]
-      <c r="A183" s="11" t="s">
+      <c r="F183" s="1"/>
+    </row>
+    <row r="184" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A184" s="11" t="s">
         <v>146</v>
       </c>
-      <c r="B183" s="7" t="s">
+      <c r="B184" s="7" t="s">
         <v>61</v>
       </c>
-      <c r="C183" s="7" t="s">
-[...2 lines deleted...]
-      <c r="D183" s="8">
+      <c r="C184" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D184" s="8">
         <v>41792</v>
       </c>
-      <c r="E183" s="8">
+      <c r="E184" s="8">
         <v>43019</v>
-      </c>
-[...16 lines deleted...]
-        <v>43335</v>
       </c>
       <c r="F184" s="1"/>
     </row>
     <row r="185" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A185" s="12" t="s">
         <v>146</v>
       </c>
       <c r="B185" s="7" t="s">
-        <v>77</v>
+        <v>131</v>
       </c>
       <c r="C185" s="7" t="s">
         <v>8</v>
       </c>
       <c r="D185" s="8">
-        <v>43383</v>
+        <v>43019</v>
       </c>
       <c r="E185" s="8">
-        <v>43998</v>
+        <v>43335</v>
       </c>
       <c r="F185" s="1"/>
     </row>
     <row r="186" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A186" s="12" t="s">
         <v>146</v>
       </c>
       <c r="B186" s="7" t="s">
-        <v>116</v>
+        <v>77</v>
       </c>
       <c r="C186" s="7" t="s">
         <v>8</v>
       </c>
       <c r="D186" s="8">
+        <v>43383</v>
+      </c>
+      <c r="E186" s="8">
         <v>43998</v>
-      </c>
-[...1 lines deleted...]
-        <v>44801</v>
       </c>
       <c r="F186" s="1"/>
     </row>
     <row r="187" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A187" s="12" t="s">
         <v>146</v>
       </c>
       <c r="B187" s="7" t="s">
         <v>116</v>
       </c>
       <c r="C187" s="7" t="s">
         <v>8</v>
       </c>
       <c r="D187" s="8">
-        <v>44846</v>
+        <v>43998</v>
       </c>
       <c r="E187" s="8">
-        <v>45834</v>
+        <v>44801</v>
       </c>
       <c r="F187" s="1"/>
     </row>
     <row r="188" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A188" s="12" t="s">
         <v>146</v>
       </c>
       <c r="B188" s="7" t="s">
-        <v>77</v>
+        <v>116</v>
       </c>
       <c r="C188" s="7" t="s">
         <v>8</v>
       </c>
       <c r="D188" s="8">
+        <v>44846</v>
+      </c>
+      <c r="E188" s="8">
         <v>45834</v>
-      </c>
-[...1 lines deleted...]
-        <v>45996</v>
       </c>
       <c r="F188" s="1"/>
     </row>
     <row r="189" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A189" s="12" t="s">
         <v>146</v>
       </c>
       <c r="B189" s="7" t="s">
+        <v>77</v>
+      </c>
+      <c r="C189" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D189" s="8">
+        <v>45834</v>
+      </c>
+      <c r="E189" s="8">
+        <v>45993</v>
+      </c>
+      <c r="F189" s="1"/>
+    </row>
+    <row r="190" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A190" s="12" t="s">
+        <v>146</v>
+      </c>
+      <c r="B190" s="7" t="s">
         <v>61</v>
       </c>
-      <c r="C189" s="7" t="s">
-[...2 lines deleted...]
-      <c r="D189" s="8">
+      <c r="C190" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D190" s="8">
         <v>45994</v>
       </c>
-      <c r="E189" s="8" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="E190" s="8">
-        <v>43335</v>
+        <v>46024</v>
       </c>
       <c r="F190" s="1"/>
     </row>
     <row r="191" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
-      <c r="A191" s="11" t="s">
-        <v>147</v>
+      <c r="A191" s="12" t="s">
+        <v>146</v>
       </c>
       <c r="B191" s="7" t="s">
-        <v>91</v>
+        <v>116</v>
       </c>
       <c r="C191" s="7" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="D191" s="8">
-        <v>44894</v>
+        <v>46013</v>
       </c>
       <c r="E191" s="8" t="s">
         <v>36</v>
       </c>
       <c r="F191" s="1"/>
     </row>
     <row r="192" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A192" s="11" t="s">
         <v>147</v>
       </c>
       <c r="B192" s="7" t="s">
-        <v>148</v>
+        <v>115</v>
       </c>
       <c r="C192" s="7" t="s">
         <v>28</v>
       </c>
       <c r="D192" s="8">
-        <v>44894</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>41792</v>
+      </c>
+      <c r="E192" s="8">
+        <v>43335</v>
       </c>
       <c r="F192" s="1"/>
     </row>
-    <row r="193" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
+    <row r="193" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A193" s="11" t="s">
         <v>147</v>
       </c>
       <c r="B193" s="7" t="s">
-        <v>149</v>
+        <v>91</v>
       </c>
       <c r="C193" s="7" t="s">
         <v>28</v>
       </c>
       <c r="D193" s="8">
         <v>44894</v>
       </c>
       <c r="E193" s="8" t="s">
         <v>36</v>
       </c>
       <c r="F193" s="1"/>
     </row>
-    <row r="194" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
+    <row r="194" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A194" s="11" t="s">
-        <v>170</v>
+        <v>147</v>
       </c>
       <c r="B194" s="7" t="s">
-        <v>48</v>
+        <v>148</v>
       </c>
       <c r="C194" s="7" t="s">
         <v>28</v>
       </c>
       <c r="D194" s="8">
-        <v>45922</v>
+        <v>44894</v>
       </c>
       <c r="E194" s="8" t="s">
         <v>36</v>
       </c>
       <c r="F194" s="1"/>
     </row>
-    <row r="195" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>150</v>
+    <row r="195" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="A195" s="11" t="s">
+        <v>147</v>
       </c>
       <c r="B195" s="7" t="s">
-        <v>72</v>
+        <v>149</v>
       </c>
       <c r="C195" s="7" t="s">
-        <v>105</v>
+        <v>28</v>
       </c>
       <c r="D195" s="8">
-        <v>39176</v>
-[...2 lines deleted...]
-        <v>39757</v>
+        <v>44894</v>
+      </c>
+      <c r="E195" s="8" t="s">
+        <v>36</v>
       </c>
       <c r="F195" s="1"/>
     </row>
-    <row r="196" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+    <row r="196" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
       <c r="A196" s="11" t="s">
-        <v>150</v>
+        <v>170</v>
       </c>
       <c r="B196" s="7" t="s">
-        <v>151</v>
+        <v>48</v>
       </c>
       <c r="C196" s="7" t="s">
-        <v>105</v>
-[...5 lines deleted...]
-        <v>40104</v>
+        <v>28</v>
+      </c>
+      <c r="D196" s="8">
+        <v>45922</v>
+      </c>
+      <c r="E196" s="8" t="s">
+        <v>36</v>
       </c>
       <c r="F196" s="1"/>
     </row>
     <row r="197" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A197" s="12" t="s">
         <v>150</v>
       </c>
       <c r="B197" s="7" t="s">
-        <v>101</v>
+        <v>72</v>
       </c>
       <c r="C197" s="7" t="s">
         <v>105</v>
       </c>
       <c r="D197" s="8">
-        <v>40115</v>
+        <v>39176</v>
       </c>
       <c r="E197" s="8">
-        <v>40953</v>
+        <v>39757</v>
       </c>
       <c r="F197" s="1"/>
     </row>
     <row r="198" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A198" s="11" t="s">
         <v>150</v>
       </c>
       <c r="B198" s="7" t="s">
-        <v>125</v>
+        <v>151</v>
       </c>
       <c r="C198" s="7" t="s">
         <v>105</v>
       </c>
       <c r="D198" s="15">
-        <v>43383</v>
+        <v>39924</v>
       </c>
       <c r="E198" s="15">
+        <v>40104</v>
+      </c>
+      <c r="F198" s="1"/>
+    </row>
+    <row r="199" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A199" s="12" t="s">
+        <v>150</v>
+      </c>
+      <c r="B199" s="7" t="s">
+        <v>101</v>
+      </c>
+      <c r="C199" s="7" t="s">
+        <v>105</v>
+      </c>
+      <c r="D199" s="8">
         <v>40115</v>
       </c>
-      <c r="F198" s="1"/>
-[...13 lines deleted...]
-      </c>
       <c r="E199" s="8">
-        <v>44801</v>
+        <v>40953</v>
       </c>
       <c r="F199" s="1"/>
     </row>
     <row r="200" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A200" s="11" t="s">
-        <v>171</v>
+        <v>150</v>
       </c>
       <c r="B200" s="7" t="s">
-        <v>72</v>
+        <v>125</v>
       </c>
       <c r="C200" s="7" t="s">
-        <v>8</v>
-[...5 lines deleted...]
-        <v>45634</v>
+        <v>105</v>
+      </c>
+      <c r="D200" s="15">
+        <v>43383</v>
+      </c>
+      <c r="E200" s="15">
+        <v>40115</v>
       </c>
       <c r="F200" s="1"/>
     </row>
-    <row r="201" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+    <row r="201" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
       <c r="A201" s="11" t="s">
-        <v>171</v>
+        <v>152</v>
       </c>
       <c r="B201" s="7" t="s">
-        <v>119</v>
+        <v>27</v>
       </c>
       <c r="C201" s="7" t="s">
         <v>8</v>
       </c>
       <c r="D201" s="8">
-        <v>45834</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>43438</v>
+      </c>
+      <c r="E201" s="8">
+        <v>44801</v>
       </c>
       <c r="F201" s="1"/>
     </row>
     <row r="202" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A202" s="11" t="s">
-        <v>153</v>
+        <v>171</v>
       </c>
       <c r="B202" s="7" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="C202" s="7" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="D202" s="8">
-        <v>43431</v>
-[...2 lines deleted...]
-        <v>44894</v>
+        <v>45148</v>
+      </c>
+      <c r="E202" s="8">
+        <v>45634</v>
       </c>
       <c r="F202" s="1"/>
     </row>
     <row r="203" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A203" s="11" t="s">
-        <v>153</v>
+        <v>171</v>
       </c>
       <c r="B203" s="7" t="s">
-        <v>96</v>
+        <v>119</v>
       </c>
       <c r="C203" s="7" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="D203" s="8">
-        <v>44894</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>45834</v>
+      </c>
+      <c r="E203" s="8">
+        <v>46013</v>
       </c>
       <c r="F203" s="1"/>
     </row>
     <row r="204" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
       <c r="A204" s="11" t="s">
+        <v>171</v>
+      </c>
+      <c r="B204" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="C204" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D204" s="8">
+        <v>46024</v>
+      </c>
+      <c r="E204" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="F204" s="1"/>
+    </row>
+    <row r="205" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A205" s="11" t="s">
+        <v>153</v>
+      </c>
+      <c r="B205" s="7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C205" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="D205" s="8">
+        <v>43431</v>
+      </c>
+      <c r="E205" s="15">
+        <v>44894</v>
+      </c>
+      <c r="F205" s="1"/>
+    </row>
+    <row r="206" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A206" s="11" t="s">
+        <v>153</v>
+      </c>
+      <c r="B206" s="7" t="s">
+        <v>96</v>
+      </c>
+      <c r="C206" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="D206" s="8">
+        <v>44894</v>
+      </c>
+      <c r="E206" s="15" t="s">
+        <v>36</v>
+      </c>
+      <c r="F206" s="1"/>
+    </row>
+    <row r="207" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="A207" s="11" t="s">
         <v>154</v>
       </c>
-      <c r="B204" s="7" t="s">
+      <c r="B207" s="7" t="s">
         <v>63</v>
       </c>
-      <c r="C204" s="7" t="s">
-[...2 lines deleted...]
-      <c r="D204" s="8">
+      <c r="C207" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D207" s="8">
         <v>41682</v>
       </c>
-      <c r="E204" s="15">
+      <c r="E207" s="15">
         <v>41703</v>
       </c>
-      <c r="F204" s="1"/>
-[...2 lines deleted...]
-      <c r="A205" s="12" t="s">
+      <c r="F207" s="1"/>
+    </row>
+    <row r="208" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="A208" s="12" t="s">
         <v>154</v>
       </c>
-      <c r="B205" s="7" t="s">
+      <c r="B208" s="7" t="s">
         <v>70</v>
       </c>
-      <c r="C205" s="7" t="s">
-[...2 lines deleted...]
-      <c r="D205" s="8">
+      <c r="C208" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D208" s="8">
         <v>43438</v>
       </c>
-      <c r="E205" s="8">
+      <c r="E208" s="8">
         <v>44801</v>
       </c>
-      <c r="F205" s="1"/>
-[...2 lines deleted...]
-      <c r="A206" s="11" t="s">
+      <c r="F208" s="1"/>
+    </row>
+    <row r="209" spans="1:6" ht="57" x14ac:dyDescent="0.25">
+      <c r="A209" s="11" t="s">
         <v>154</v>
       </c>
-      <c r="B206" s="7" t="s">
+      <c r="B209" s="7" t="s">
         <v>155</v>
       </c>
-      <c r="C206" s="7" t="s">
-[...2 lines deleted...]
-      <c r="D206" s="8">
+      <c r="C209" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D209" s="8">
         <v>43630</v>
       </c>
-      <c r="E206" s="15">
+      <c r="E209" s="15">
         <v>44168</v>
-      </c>
-[...52 lines deleted...]
-        <v>41180</v>
       </c>
       <c r="F209" s="1"/>
     </row>
     <row r="210" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A210" s="11" t="s">
         <v>156</v>
       </c>
       <c r="B210" s="7" t="s">
-        <v>72</v>
+        <v>9</v>
       </c>
       <c r="C210" s="7" t="s">
         <v>8</v>
       </c>
       <c r="D210" s="8">
-        <v>41373</v>
-[...2 lines deleted...]
-        <v>41703</v>
+        <v>37778</v>
+      </c>
+      <c r="E210" s="15">
+        <v>38408</v>
       </c>
       <c r="F210" s="1"/>
     </row>
-    <row r="211" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="211" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A211" s="11" t="s">
         <v>156</v>
       </c>
       <c r="B211" s="7" t="s">
-        <v>7</v>
+        <v>157</v>
       </c>
       <c r="C211" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="D211" s="15">
-[...3 lines deleted...]
-        <v>43019</v>
+      <c r="D211" s="8">
+        <v>39227</v>
+      </c>
+      <c r="E211" s="15">
+        <v>39757</v>
       </c>
       <c r="F211" s="1"/>
     </row>
     <row r="212" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A212" s="11" t="s">
         <v>156</v>
       </c>
       <c r="B212" s="7" t="s">
-        <v>23</v>
+        <v>72</v>
       </c>
       <c r="C212" s="7" t="s">
         <v>8</v>
       </c>
       <c r="D212" s="8">
-        <v>43438</v>
-[...2 lines deleted...]
-        <v>43726</v>
+        <v>41171</v>
+      </c>
+      <c r="E212" s="8">
+        <v>41180</v>
       </c>
       <c r="F212" s="1"/>
     </row>
     <row r="213" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A213" s="11" t="s">
         <v>156</v>
       </c>
       <c r="B213" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="C213" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D213" s="8">
+        <v>41373</v>
+      </c>
+      <c r="E213" s="8">
+        <v>41703</v>
+      </c>
+      <c r="F213" s="1"/>
+    </row>
+    <row r="214" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A214" s="11" t="s">
+        <v>156</v>
+      </c>
+      <c r="B214" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="C214" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D214" s="15">
+        <v>41752</v>
+      </c>
+      <c r="E214" s="8">
+        <v>43019</v>
+      </c>
+      <c r="F214" s="1"/>
+    </row>
+    <row r="215" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A215" s="11" t="s">
+        <v>156</v>
+      </c>
+      <c r="B215" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="C215" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D215" s="8">
+        <v>43438</v>
+      </c>
+      <c r="E215" s="15">
+        <v>43726</v>
+      </c>
+      <c r="F215" s="1"/>
+    </row>
+    <row r="216" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A216" s="11" t="s">
+        <v>156</v>
+      </c>
+      <c r="B216" s="7" t="s">
         <v>61</v>
       </c>
-      <c r="C213" s="7" t="s">
-[...2 lines deleted...]
-      <c r="D213" s="8">
+      <c r="C216" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D216" s="8">
         <v>43726</v>
       </c>
-      <c r="E213" s="15">
+      <c r="E216" s="15">
         <v>44801</v>
       </c>
-      <c r="F213" s="1"/>
-[...2 lines deleted...]
-      <c r="A214" s="11" t="s">
+      <c r="F216" s="1"/>
+    </row>
+    <row r="217" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A217" s="11" t="s">
         <v>158</v>
       </c>
-      <c r="B214" s="7" t="s">
+      <c r="B217" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="C214" s="7" t="s">
-[...2 lines deleted...]
-      <c r="D214" s="8">
+      <c r="C217" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D217" s="8">
         <v>40590</v>
       </c>
-      <c r="E214" s="15">
+      <c r="E217" s="15">
         <v>41122</v>
       </c>
-      <c r="F214" s="1"/>
-[...2 lines deleted...]
-      <c r="A215" s="12" t="s">
+      <c r="F217" s="1"/>
+    </row>
+    <row r="218" spans="1:6" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A218" s="12" t="s">
         <v>159</v>
       </c>
-      <c r="B215" s="7" t="s">
+      <c r="B218" s="7" t="s">
         <v>50</v>
       </c>
-      <c r="C215" s="7" t="s">
-[...2 lines deleted...]
-      <c r="D215" s="8">
+      <c r="C218" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D218" s="8">
         <v>34603</v>
       </c>
-      <c r="E215" s="8">
+      <c r="E218" s="8">
         <v>35235</v>
       </c>
-      <c r="F215" s="1"/>
-[...2 lines deleted...]
-      <c r="A216" s="11" t="s">
+      <c r="F218" s="1"/>
+    </row>
+    <row r="219" spans="1:6" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A219" s="11" t="s">
         <v>159</v>
       </c>
-      <c r="B216" s="7" t="s">
+      <c r="B219" s="7" t="s">
         <v>69</v>
       </c>
-      <c r="C216" s="7" t="s">
-[...2 lines deleted...]
-      <c r="D216" s="8">
+      <c r="C219" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D219" s="8">
         <v>35136</v>
       </c>
-      <c r="E216" s="8">
+      <c r="E219" s="8">
         <v>35234</v>
-      </c>
-[...52 lines deleted...]
-        <v>41681</v>
       </c>
       <c r="F219" s="1"/>
     </row>
     <row r="220" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
       <c r="A220" s="11" t="s">
+        <v>159</v>
+      </c>
+      <c r="B220" s="7" t="s">
+        <v>48</v>
+      </c>
+      <c r="C220" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D220" s="15">
+        <v>36223</v>
+      </c>
+      <c r="E220" s="8">
+        <v>36839</v>
+      </c>
+      <c r="F220" s="1"/>
+    </row>
+    <row r="221" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="A221" s="11" t="s">
+        <v>159</v>
+      </c>
+      <c r="B221" s="7" t="s">
+        <v>95</v>
+      </c>
+      <c r="C221" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D221" s="8">
+        <v>36839</v>
+      </c>
+      <c r="E221" s="8">
+        <v>37294</v>
+      </c>
+      <c r="F221" s="1"/>
+    </row>
+    <row r="222" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="A222" s="11" t="s">
         <v>160</v>
       </c>
-      <c r="B220" s="7" t="s">
+      <c r="B222" s="7" t="s">
         <v>63</v>
       </c>
-      <c r="C220" s="7" t="s">
-[...2 lines deleted...]
-      <c r="D220" s="8">
+      <c r="C222" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D222" s="8">
         <v>41220</v>
       </c>
-      <c r="E220" s="15">
+      <c r="E222" s="15">
         <v>41681</v>
       </c>
-      <c r="F220" s="1"/>
-[...2 lines deleted...]
-      <c r="A221" s="11" t="s">
+      <c r="F222" s="1"/>
+    </row>
+    <row r="223" spans="1:6" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="A223" s="11" t="s">
         <v>160</v>
       </c>
-      <c r="B221" s="7" t="s">
+      <c r="B223" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C223" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D223" s="8">
+        <v>41220</v>
+      </c>
+      <c r="E223" s="15">
+        <v>41681</v>
+      </c>
+      <c r="F223" s="1"/>
+    </row>
+    <row r="224" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A224" s="11" t="s">
+        <v>160</v>
+      </c>
+      <c r="B224" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="C221" s="7" t="s">
-[...2 lines deleted...]
-      <c r="D221" s="8">
+      <c r="C224" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D224" s="8">
         <v>41682</v>
       </c>
-      <c r="E221" s="15">
+      <c r="E224" s="15">
         <v>41703</v>
       </c>
-      <c r="F221" s="1"/>
-[...2 lines deleted...]
-      <c r="A222" s="11" t="s">
+      <c r="F224" s="1"/>
+    </row>
+    <row r="225" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A225" s="11" t="s">
         <v>161</v>
       </c>
-      <c r="B222" s="7" t="s">
+      <c r="B225" s="7" t="s">
         <v>84</v>
       </c>
-      <c r="C222" s="7" t="s">
+      <c r="C225" s="7" t="s">
         <v>85</v>
       </c>
-      <c r="D222" s="8">
+      <c r="D225" s="8">
         <v>45072</v>
       </c>
-      <c r="E222" s="8" t="s">
+      <c r="E225" s="8" t="s">
         <v>36</v>
       </c>
-      <c r="F222" s="1"/>
-[...2 lines deleted...]
-      <c r="A223" s="11" t="s">
+      <c r="F225" s="1"/>
+    </row>
+    <row r="226" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A226" s="11" t="s">
         <v>162</v>
       </c>
-      <c r="B223" s="7" t="s">
+      <c r="B226" s="7" t="s">
         <v>67</v>
       </c>
-      <c r="C223" s="7" t="s">
-[...2 lines deleted...]
-      <c r="D223" s="8">
+      <c r="C226" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D226" s="8">
         <v>41792</v>
       </c>
-      <c r="E223" s="8">
+      <c r="E226" s="8">
         <v>41911</v>
       </c>
-      <c r="F223" s="1"/>
-[...22 lines deleted...]
-      <c r="E226" s="8"/>
       <c r="F226" s="1"/>
     </row>
     <row r="227" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A227" s="11"/>
       <c r="B227" s="7"/>
       <c r="C227" s="7"/>
       <c r="D227" s="8"/>
       <c r="E227" s="8"/>
       <c r="F227" s="1"/>
     </row>
     <row r="228" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A228" s="11"/>
       <c r="B228" s="7"/>
       <c r="C228" s="7"/>
       <c r="D228" s="8"/>
       <c r="E228" s="8"/>
       <c r="F228" s="1"/>
     </row>
     <row r="229" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A229" s="11"/>
       <c r="B229" s="7"/>
       <c r="C229" s="7"/>
       <c r="D229" s="8"/>
       <c r="E229" s="8"/>
       <c r="F229" s="1"/>
     </row>
     <row r="230" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A230" s="11"/>
+      <c r="B230" s="7"/>
+      <c r="C230" s="7"/>
+      <c r="D230" s="8"/>
+      <c r="E230" s="8"/>
       <c r="F230" s="1"/>
     </row>
     <row r="231" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A231" s="11"/>
+      <c r="B231" s="7"/>
+      <c r="C231" s="7"/>
+      <c r="D231" s="8"/>
+      <c r="E231" s="8"/>
       <c r="F231" s="1"/>
     </row>
     <row r="232" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A232" s="11"/>
+      <c r="B232" s="7"/>
+      <c r="C232" s="7"/>
+      <c r="D232" s="8"/>
+      <c r="E232" s="8"/>
       <c r="F232" s="1"/>
     </row>
-    <row r="233" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F233" s="2"/>
+    <row r="233" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="F233" s="1"/>
     </row>
     <row r="234" spans="1:6" x14ac:dyDescent="0.25">
       <c r="F234" s="1"/>
     </row>
     <row r="235" spans="1:6" x14ac:dyDescent="0.25">
       <c r="F235" s="1"/>
     </row>
-    <row r="236" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="F236" s="1"/>
+    <row r="236" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="F236" s="2"/>
     </row>
     <row r="237" spans="1:6" x14ac:dyDescent="0.25">
       <c r="F237" s="1"/>
     </row>
     <row r="238" spans="1:6" x14ac:dyDescent="0.25">
       <c r="F238" s="1"/>
     </row>
     <row r="239" spans="1:6" x14ac:dyDescent="0.25">
       <c r="F239" s="1"/>
     </row>
     <row r="240" spans="1:6" x14ac:dyDescent="0.25">
       <c r="F240" s="1"/>
     </row>
     <row r="241" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F241" s="1"/>
     </row>
     <row r="242" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F242" s="1"/>
     </row>
     <row r="243" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F243" s="1"/>
     </row>
     <row r="244" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F244" s="1"/>
     </row>
     <row r="245" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F245" s="1"/>
     </row>
     <row r="246" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F246" s="1"/>
     </row>
     <row r="247" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F247" s="1"/>
     </row>
-    <row r="248" spans="6:6" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="248" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F248" s="1"/>
     </row>
-    <row r="249" spans="6:6" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-    <row r="250" spans="6:6" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="249" spans="6:6" x14ac:dyDescent="0.25">
+      <c r="F249" s="1"/>
+    </row>
+    <row r="250" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F250" s="1"/>
     </row>
     <row r="251" spans="6:6" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F251" s="1"/>
     </row>
     <row r="252" spans="6:6" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F252" s="1"/>
+      <c r="F252" s="5"/>
     </row>
     <row r="253" spans="6:6" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F253" s="1"/>
     </row>
-    <row r="254" spans="6:6" x14ac:dyDescent="0.25">
+    <row r="254" spans="6:6" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F254" s="1"/>
     </row>
-    <row r="255" spans="6:6" x14ac:dyDescent="0.25">
+    <row r="255" spans="6:6" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F255" s="1"/>
     </row>
-    <row r="256" spans="6:6" x14ac:dyDescent="0.25">
+    <row r="256" spans="6:6" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F256" s="1"/>
     </row>
     <row r="257" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F257" s="1"/>
     </row>
     <row r="258" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F258" s="1"/>
     </row>
     <row r="259" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F259" s="1"/>
     </row>
     <row r="260" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F260" s="1"/>
     </row>
-    <row r="261" spans="6:6" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="261" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F261" s="1"/>
     </row>
     <row r="262" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F262" s="1"/>
     </row>
     <row r="263" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F263" s="1"/>
     </row>
-    <row r="264" spans="6:6" x14ac:dyDescent="0.25">
+    <row r="264" spans="6:6" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F264" s="1"/>
     </row>
     <row r="265" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F265" s="1"/>
     </row>
     <row r="266" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F266" s="1"/>
     </row>
     <row r="267" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F267" s="1"/>
     </row>
     <row r="268" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F268" s="1"/>
     </row>
-    <row r="269" spans="6:6" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="269" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F269" s="1"/>
     </row>
     <row r="270" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F270" s="1"/>
     </row>
     <row r="271" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F271" s="1"/>
     </row>
-    <row r="272" spans="6:6" x14ac:dyDescent="0.25">
+    <row r="272" spans="6:6" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F272" s="1"/>
     </row>
     <row r="273" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F273" s="1"/>
     </row>
     <row r="274" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F274" s="1"/>
     </row>
     <row r="275" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F275" s="1"/>
     </row>
     <row r="276" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F276" s="1"/>
     </row>
     <row r="277" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F277" s="1"/>
     </row>
     <row r="278" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F278" s="1"/>
     </row>
     <row r="279" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F279" s="1"/>
     </row>
     <row r="280" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F280" s="1"/>
@@ -6107,71 +6152,71 @@
     </row>
     <row r="453" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F453" s="1"/>
     </row>
     <row r="454" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F454" s="1"/>
     </row>
     <row r="455" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F455" s="1"/>
     </row>
     <row r="456" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F456" s="1"/>
     </row>
     <row r="457" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F457" s="1"/>
     </row>
     <row r="458" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F458" s="1"/>
     </row>
     <row r="459" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F459" s="1"/>
     </row>
     <row r="460" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F460" s="1"/>
     </row>
+    <row r="461" spans="6:6" x14ac:dyDescent="0.25">
+      <c r="F461" s="1"/>
+    </row>
+    <row r="462" spans="6:6" x14ac:dyDescent="0.25">
+      <c r="F462" s="1"/>
+    </row>
     <row r="463" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F463" s="1"/>
     </row>
-    <row r="464" spans="6:6" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-    </row>
     <row r="466" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F466" s="1"/>
     </row>
-    <row r="468" spans="6:6" x14ac:dyDescent="0.25">
-      <c r="F468" s="1"/>
+    <row r="467" spans="6:6" x14ac:dyDescent="0.25">
+      <c r="F467" s="1"/>
+    </row>
+    <row r="469" spans="6:6" x14ac:dyDescent="0.25">
+      <c r="F469" s="1"/>
     </row>
     <row r="471" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F471" s="1"/>
     </row>
-    <row r="472" spans="6:6" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-    </row>
     <row r="474" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F474" s="1"/>
     </row>
     <row r="475" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F475" s="1"/>
     </row>
     <row r="476" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F476" s="1"/>
     </row>
     <row r="477" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F477" s="1"/>
     </row>
     <row r="478" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F478" s="1"/>
     </row>
     <row r="479" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F479" s="1"/>
     </row>
     <row r="480" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F480" s="1"/>
     </row>
     <row r="481" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F481" s="1"/>
     </row>
     <row r="482" spans="6:6" x14ac:dyDescent="0.25">
@@ -6219,363 +6264,338 @@
     <row r="496" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F496" s="1"/>
     </row>
     <row r="497" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F497" s="1"/>
     </row>
     <row r="498" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F498" s="1"/>
     </row>
     <row r="499" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F499" s="1"/>
     </row>
     <row r="500" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F500" s="1"/>
     </row>
     <row r="501" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F501" s="1"/>
     </row>
     <row r="502" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F502" s="1"/>
     </row>
     <row r="503" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F503" s="1"/>
     </row>
     <row r="504" spans="6:6" x14ac:dyDescent="0.25">
-      <c r="F504" s="3"/>
+      <c r="F504" s="1"/>
     </row>
     <row r="505" spans="6:6" x14ac:dyDescent="0.25">
-      <c r="F505" s="3"/>
+      <c r="F505" s="1"/>
     </row>
     <row r="506" spans="6:6" x14ac:dyDescent="0.25">
-      <c r="F506" s="3"/>
+      <c r="F506" s="1"/>
     </row>
     <row r="507" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F507" s="3"/>
     </row>
     <row r="508" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F508" s="3"/>
     </row>
     <row r="509" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F509" s="3"/>
     </row>
     <row r="510" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F510" s="3"/>
     </row>
     <row r="511" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F511" s="3"/>
     </row>
     <row r="512" spans="6:6" x14ac:dyDescent="0.25">
       <c r="F512" s="3"/>
     </row>
     <row r="513" spans="6:6" x14ac:dyDescent="0.25">
-      <c r="F513" s="1"/>
+      <c r="F513" s="3"/>
+    </row>
+    <row r="514" spans="6:6" x14ac:dyDescent="0.25">
+      <c r="F514" s="3"/>
+    </row>
+    <row r="515" spans="6:6" x14ac:dyDescent="0.25">
+      <c r="F515" s="3"/>
+    </row>
+    <row r="516" spans="6:6" x14ac:dyDescent="0.25">
+      <c r="F516" s="1"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="D40:D50">
     <sortCondition ref="D40"/>
   </sortState>
   <mergeCells count="1">
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A90" r:id="rId1" display="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" xr:uid="{CD8F7A77-F8F5-4974-BAB2-8CCBE24347B8}"/>
     <hyperlink ref="A68" r:id="rId2" display="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" xr:uid="{5B9CCE93-0375-43D5-B625-BC0119304786}"/>
     <hyperlink ref="A92" r:id="rId3" display="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" xr:uid="{A4B31BF6-44E8-4C6D-B064-26AD163C593B}"/>
-    <hyperlink ref="A148" r:id="rId4" display="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/index.html" xr:uid="{C98E03B3-9A00-4F31-B876-8D93D3FFE708}"/>
+    <hyperlink ref="A149" r:id="rId4" display="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/index.html" xr:uid="{C98E03B3-9A00-4F31-B876-8D93D3FFE708}"/>
     <hyperlink ref="A5" r:id="rId5" display="http://www.assnat.qc.ca/fr/deputes/anglade-dominique-16499/index.html" xr:uid="{4BBA80A3-AAF5-4BDA-9BA9-E7099114483A}"/>
     <hyperlink ref="A107" r:id="rId6" display="http://www.assnat.qc.ca/fr/deputes/lachapelle-huguette-3847/index.html" xr:uid="{D5085E01-6813-4C24-8F34-4C9B2FF7DC12}"/>
     <hyperlink ref="A25" r:id="rId7" display="http://www.assnat.qc.ca/fr/deputes/caron-jocelyne-2411/index.html" xr:uid="{3831D0B6-DA4A-4394-875B-0B11D8D0C23B}"/>
     <hyperlink ref="A24" r:id="rId8" display="http://www.assnat.qc.ca/fr/deputes/caron-jocelyne-2411/index.html" xr:uid="{2B2C28DF-ECA3-4488-B297-E7918E9F0348}"/>
     <hyperlink ref="A36" r:id="rId9" display="http://www.assnat.qc.ca/fr/deputes/charlebois-lucie-1017/index.html" xr:uid="{C4BA1A35-5507-4F00-A2F1-733DB11F9ABA}"/>
     <hyperlink ref="A129" r:id="rId10" display="http://www.assnat.qc.ca/fr/deputes/lemieux-diane-4157/index.html" xr:uid="{4EE05CEF-DB42-40A0-A72D-6407CFF1B650}"/>
     <hyperlink ref="A130" r:id="rId11" display="http://www.assnat.qc.ca/fr/deputes/lemieux-diane-4157/index.html" xr:uid="{D94778E1-C423-4752-B920-1A77FE0277B2}"/>
-    <hyperlink ref="A170" r:id="rId12" xr:uid="{90658A37-CBC6-47A5-84F3-4ED327A5B2CC}"/>
-[...5 lines deleted...]
-    <hyperlink ref="A198" r:id="rId18" display="http://www.assnat.qc.ca/fr/deputes/roy-sylvie-1201/index.html" xr:uid="{84198923-ACA2-4823-B372-3C019B8E6322}"/>
+    <hyperlink ref="A171" r:id="rId12" xr:uid="{90658A37-CBC6-47A5-84F3-4ED327A5B2CC}"/>
+    <hyperlink ref="A172" r:id="rId13" xr:uid="{CC23B1A6-CBBB-4BC0-8CCC-BB5AF1DE3792}"/>
+    <hyperlink ref="A173" r:id="rId14" xr:uid="{EFED4068-3923-4774-849A-D2AD23400C63}"/>
+    <hyperlink ref="A197" r:id="rId15" display="http://www.assnat.qc.ca/fr/deputes/roy-sylvie-1201/index.html" xr:uid="{7B4C0F7F-269D-41C3-8A50-7E052CA8A79A}"/>
+    <hyperlink ref="A199" r:id="rId16" display="http://www.assnat.qc.ca/fr/deputes/roy-sylvie-1201/index.html" xr:uid="{272D79D1-A5D5-46EC-86C6-D20F69CEDBB3}"/>
+    <hyperlink ref="A198" r:id="rId17" display="http://www.assnat.qc.ca/fr/deputes/roy-sylvie-1201/index.html" xr:uid="{1790810D-B478-42FD-91E3-4495AB66832E}"/>
+    <hyperlink ref="A200" r:id="rId18" display="http://www.assnat.qc.ca/fr/deputes/roy-sylvie-1201/index.html" xr:uid="{84198923-ACA2-4823-B372-3C019B8E6322}"/>
     <hyperlink ref="A123" r:id="rId19" display="http://www.assnat.qc.ca/fr/deputes/leger-nicole-63/index.html" xr:uid="{7BD22143-8D2C-4676-8534-EAF4818A390B}"/>
     <hyperlink ref="A121" r:id="rId20" display="http://www.assnat.qc.ca/fr/deputes/leger-nicole-63/index.html" xr:uid="{E9242B9C-8D3F-4F21-877A-151DEE700201}"/>
     <hyperlink ref="A126" r:id="rId21" display="http://www.assnat.qc.ca/fr/deputes/leger-nicole-63/index.html" xr:uid="{0FA604CA-DC65-42D7-91F9-EBF2CE078C0A}"/>
     <hyperlink ref="A125" r:id="rId22" display="http://www.assnat.qc.ca/fr/deputes/leger-nicole-63/index.html" xr:uid="{E529AE8A-69E0-4DE8-860B-08B2CE3655EE}"/>
     <hyperlink ref="A127" r:id="rId23" display="http://www.assnat.qc.ca/fr/deputes/leger-nicole-63/index.html" xr:uid="{F1AC1AF2-693F-4333-AE17-5C41479CC695}"/>
-    <hyperlink ref="A167" r:id="rId24" display="http://www.assnat.qc.ca/fr/deputes/poirier-carole-9/index.html" xr:uid="{80F3E7B5-CA39-43FE-B5E6-F20C14018015}"/>
-[...3 lines deleted...]
-    <hyperlink ref="A155" r:id="rId28" display="http://www.assnat.qc.ca/fr/deputes/menard-nicole-113/index.html" xr:uid="{F46AA958-B587-463C-8C13-11A725E5115B}"/>
+    <hyperlink ref="A168" r:id="rId24" display="http://www.assnat.qc.ca/fr/deputes/poirier-carole-9/index.html" xr:uid="{80F3E7B5-CA39-43FE-B5E6-F20C14018015}"/>
+    <hyperlink ref="A169" r:id="rId25" xr:uid="{257CA623-CF1E-4947-B6DE-89C2B2BC8A4C}"/>
+    <hyperlink ref="A159" r:id="rId26" display="http://www.assnat.qc.ca/fr/deputes/menard-nicole-113/index.html" xr:uid="{591D3726-2992-472C-AFBD-41F376FBD825}"/>
+    <hyperlink ref="A157" r:id="rId27" display="http://www.assnat.qc.ca/fr/deputes/menard-nicole-113/index.html" xr:uid="{83377C68-B00A-4480-AADD-4DD0E15CBFA0}"/>
+    <hyperlink ref="A156" r:id="rId28" display="http://www.assnat.qc.ca/fr/deputes/menard-nicole-113/index.html" xr:uid="{F46AA958-B587-463C-8C13-11A725E5115B}"/>
     <hyperlink ref="A124" r:id="rId29" display="http://www.assnat.qc.ca/fr/deputes/leger-nicole-63/index.html" xr:uid="{A14DED00-E32B-4348-8C12-605271158DF1}"/>
-    <hyperlink ref="A186" r:id="rId30" display="http://www.assnat.qc.ca/fr/deputes/rotiroti-filomena-1171/index.html" xr:uid="{C58C68E3-2372-4DD4-B3CD-54ECDE566978}"/>
-[...1 lines deleted...]
-    <hyperlink ref="A184" r:id="rId32" display="http://www.assnat.qc.ca/fr/deputes/rotiroti-filomena-1171/index.html" xr:uid="{E96BC252-D265-462E-8AE1-E7A2832EF69C}"/>
+    <hyperlink ref="A187" r:id="rId30" display="http://www.assnat.qc.ca/fr/deputes/rotiroti-filomena-1171/index.html" xr:uid="{C58C68E3-2372-4DD4-B3CD-54ECDE566978}"/>
+    <hyperlink ref="A186" r:id="rId31" display="http://www.assnat.qc.ca/fr/deputes/rotiroti-filomena-1171/index.html" xr:uid="{5FB54169-519F-407D-BC01-B255B4A49BB0}"/>
+    <hyperlink ref="A185" r:id="rId32" display="http://www.assnat.qc.ca/fr/deputes/rotiroti-filomena-1171/index.html" xr:uid="{E96BC252-D265-462E-8AE1-E7A2832EF69C}"/>
     <hyperlink ref="A64" r:id="rId33" display="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" xr:uid="{48A8DC0D-40B6-42B4-AFCE-C3FD029F8F66}"/>
-    <hyperlink ref="A178" r:id="rId34" display="http://www.assnat.qc.ca/fr/deputes/richard-monique-409/index.html" xr:uid="{C3D5F95B-B70F-4A53-9454-C08D46C9874C}"/>
-[...2 lines deleted...]
-    <hyperlink ref="A217" r:id="rId37" display="http://www.assnat.qc.ca/fr/deputes/vermette-cecile-5695/index.html" xr:uid="{D41FBB71-3BB6-4F98-884D-9EBF6B69E0E3}"/>
+    <hyperlink ref="A179" r:id="rId34" display="http://www.assnat.qc.ca/fr/deputes/richard-monique-409/index.html" xr:uid="{C3D5F95B-B70F-4A53-9454-C08D46C9874C}"/>
+    <hyperlink ref="A176" r:id="rId35" display="http://www.assnat.qc.ca/fr/deputes/richard-lorraine-287/index.html" xr:uid="{FB5A47CF-739D-4F28-926A-DE297F28507D}"/>
+    <hyperlink ref="A192" r:id="rId36" display="http://www.assnat.qc.ca/fr/deputes/roy-nathalie-12187/index.html" xr:uid="{3B377681-0DCB-40B2-9FE3-E6CD5F3CD41B}"/>
+    <hyperlink ref="A220" r:id="rId37" display="http://www.assnat.qc.ca/fr/deputes/vermette-cecile-5695/index.html" xr:uid="{D41FBB71-3BB6-4F98-884D-9EBF6B69E0E3}"/>
     <hyperlink ref="A35" r:id="rId38" display="http://www.assnat.qc.ca/fr/deputes/charest-solange-2521/index.html" xr:uid="{75B6ED30-4888-4C3D-B2DF-EDB47213F726}"/>
-    <hyperlink ref="A182" r:id="rId39" display="http://www.assnat.qc.ca/fr/deputes/robert-helene-5113/index.html" xr:uid="{E554A4F0-13BA-4D47-A761-B44BD0F2614F}"/>
+    <hyperlink ref="A183" r:id="rId39" display="http://www.assnat.qc.ca/fr/deputes/robert-helene-5113/index.html" xr:uid="{E554A4F0-13BA-4D47-A761-B44BD0F2614F}"/>
     <hyperlink ref="A55" r:id="rId40" display="http://www.assnat.qc.ca/fr/deputes/dionne-marsolais-rita-2915/index.html" xr:uid="{B0EFDAC4-74AF-4E3A-A0A4-01078DA8E043}"/>
-    <hyperlink ref="A166" r:id="rId41" display="http://www.assnat.qc.ca/fr/deputes/perreault-sarah-5829/index.html" xr:uid="{95C4384E-9512-4648-AB03-461E43F69A92}"/>
+    <hyperlink ref="A167" r:id="rId41" display="http://www.assnat.qc.ca/fr/deputes/perreault-sarah-5829/index.html" xr:uid="{95C4384E-9512-4648-AB03-461E43F69A92}"/>
     <hyperlink ref="A112" r:id="rId42" display="http://www.assnat.qc.ca/fr/deputes/lavoie-roux-therese-4045/index.html" xr:uid="{F334232C-7111-45CF-B4D4-E8AEACD76D38}"/>
-    <hyperlink ref="A144" r:id="rId43" display="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/index.html" xr:uid="{495D3256-80EE-420C-9B39-DE0513A831F3}"/>
+    <hyperlink ref="A145" r:id="rId43" display="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/index.html" xr:uid="{495D3256-80EE-420C-9B39-DE0513A831F3}"/>
     <hyperlink ref="A30" r:id="rId44" display="http://www.assnat.qc.ca/fr/deputes/carrier-perreault-denise-2437/index.html" xr:uid="{5326658B-D10C-43B1-86AB-9F34505D9193}"/>
     <hyperlink ref="A11" r:id="rId45" display="http://www.assnat.qc.ca/fr/deputes/beaudoin-louise-293/index.html" xr:uid="{DE615160-6530-40D3-8525-3CEBF69322D4}"/>
     <hyperlink ref="A97" r:id="rId46" display="http://www.assnat.qc.ca/fr/deputes/hivon-veronique-27/index.html" xr:uid="{C49C4B77-7439-419B-B5E7-3A49E4E1FC0B}"/>
-    <hyperlink ref="A173" r:id="rId47" display="http://www.assnat.qc.ca/fr/deputes/proulx-suzanne-12235/index.html" xr:uid="{FA0BAD55-D06F-45A9-AB46-D03C4474920B}"/>
+    <hyperlink ref="A174" r:id="rId47" display="http://www.assnat.qc.ca/fr/deputes/proulx-suzanne-12235/index.html" xr:uid="{FA0BAD55-D06F-45A9-AB46-D03C4474920B}"/>
     <hyperlink ref="A98" r:id="rId48" display="http://www.assnat.qc.ca/fr/deputes/hivon-veronique-27/index.html" xr:uid="{C66DF8A7-30D3-4936-91E3-AC96CC6CA56E}"/>
     <hyperlink ref="A49" r:id="rId49" display="http://www.assnat.qc.ca/fr/deputes/david-helene-15379/index.html" xr:uid="{F1837653-5F8F-4097-A1F4-051A525014AC}"/>
     <hyperlink ref="A91" r:id="rId50" display="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" xr:uid="{61CFE749-0361-441D-9DA7-7664F0CE0C15}"/>
     <hyperlink ref="A120" r:id="rId51" display="http://www.assnat.qc.ca/fr/deputes/l-ecuyer-charlotte-51/index.html" xr:uid="{9E4598F4-A583-4606-9077-1ADF3242AC9D}"/>
     <hyperlink ref="A59" r:id="rId52" display="http://www.assnat.qc.ca/fr/deputes/doyer-danielle-91/index.html" xr:uid="{FC1E3C10-254F-44A8-A40B-8BF82C2ED0FC}"/>
     <hyperlink ref="A101" r:id="rId53" display="http://www.assnat.qc.ca/fr/deputes/houda-pepin-fatima-61/index.html" xr:uid="{E801A5E8-A91A-493E-BEB6-A8308E1AF6C3}"/>
     <hyperlink ref="A10" r:id="rId54" display="http://www.assnat.qc.ca/fr/deputes/beaudoin-denise-727/index.html" xr:uid="{5C17F3C6-8747-49CF-8EE9-E05997C8C5EA}"/>
-    <hyperlink ref="A205" r:id="rId55" display="http://www.assnat.qc.ca/fr/deputes/st-pierre-christine-1235/index.html" xr:uid="{12C3AC65-44B5-4302-9D52-47103453333D}"/>
-[...1 lines deleted...]
-    <hyperlink ref="A218" r:id="rId57" display="http://www.assnat.qc.ca/fr/deputes/vermette-cecile-5695/index.html" xr:uid="{647AA8EC-283D-44A1-90E7-79AE57CC8C41}"/>
+    <hyperlink ref="A208" r:id="rId55" display="http://www.assnat.qc.ca/fr/deputes/st-pierre-christine-1235/index.html" xr:uid="{12C3AC65-44B5-4302-9D52-47103453333D}"/>
+    <hyperlink ref="A219" r:id="rId56" display="http://www.assnat.qc.ca/fr/deputes/vermette-cecile-5695/index.html" xr:uid="{1ABCFC59-F178-4395-A356-EE50BEB8DCA2}"/>
+    <hyperlink ref="A221" r:id="rId57" display="http://www.assnat.qc.ca/fr/deputes/vermette-cecile-5695/index.html" xr:uid="{647AA8EC-283D-44A1-90E7-79AE57CC8C41}"/>
     <hyperlink ref="A93" r:id="rId58" display="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" xr:uid="{8A275B7D-5205-4972-83D1-F4C143AEF2C3}"/>
     <hyperlink ref="A58" r:id="rId59" display="http://www.assnat.qc.ca/fr/deputes/doyer-danielle-91/index.html" xr:uid="{8ADC331C-FD8E-4E66-8380-B454BD683AFC}"/>
     <hyperlink ref="A20" r:id="rId60" display="http://www.assnat.qc.ca/fr/deputes/bouille-marie-155/index.html" xr:uid="{7F3EE3C1-2A17-4BD0-BE7D-636E0501DAA7}"/>
-    <hyperlink ref="A159" r:id="rId61" display="http://www.assnat.qc.ca/fr/deputes/montpetit-marie-15369/index.html" xr:uid="{56098D8E-2E07-474F-9120-2A86931FB436}"/>
+    <hyperlink ref="A160" r:id="rId61" display="http://www.assnat.qc.ca/fr/deputes/montpetit-marie-15369/index.html" xr:uid="{56098D8E-2E07-474F-9120-2A86931FB436}"/>
     <hyperlink ref="A7" r:id="rId62" display="http://www.assnat.qc.ca/fr/deputes/bacon-lise-1807/index.html" xr:uid="{B713022F-64B9-470A-A4E9-586E579C8A51}"/>
     <hyperlink ref="A13" r:id="rId63" display="http://www.assnat.qc.ca/fr/deputes/belanger-madeleine-1973/index.html" xr:uid="{C3750C57-3251-497F-8D50-D11602A71559}"/>
     <hyperlink ref="A14" r:id="rId64" display="http://www.assnat.qc.ca/fr/deputes/belanger-madeleine-1973/index.html" xr:uid="{FC73AD3B-0428-480D-B46A-4FCDEAB424C8}"/>
     <hyperlink ref="A28" r:id="rId65" display="http://www.assnat.qc.ca/fr/deputes/carrier-perreault-denise-2437/index.html" xr:uid="{E2FB23DB-4FA3-4CCF-B955-9F108E7BDA33}"/>
     <hyperlink ref="A15" r:id="rId66" display="http://www.assnat.qc.ca/fr/deputes/belanger-madeleine-1973/index.html" xr:uid="{9F41DBE8-C267-45A4-94BD-CF4D11210CCB}"/>
-    <hyperlink ref="A181" r:id="rId67" display="http://www.assnat.qc.ca/fr/deputes/robert-helene-5113/index.html" xr:uid="{059FD508-4437-4D73-AA85-5B54AD4CB766}"/>
+    <hyperlink ref="A182" r:id="rId67" display="http://www.assnat.qc.ca/fr/deputes/robert-helene-5113/index.html" xr:uid="{059FD508-4437-4D73-AA85-5B54AD4CB766}"/>
     <hyperlink ref="A57" r:id="rId68" display="http://www.assnat.qc.ca/fr/deputes/doyer-danielle-91/index.html" xr:uid="{3429F42F-A2D2-473F-81A3-875E15D4086F}"/>
     <hyperlink ref="A119" r:id="rId69" display="http://www.assnat.qc.ca/fr/deputes/l-ecuyer-charlotte-51/index.html" xr:uid="{58697017-C713-488A-9224-0498583FCAB6}"/>
-    <hyperlink ref="A134" r:id="rId70" display="http://www.assnat.qc.ca/fr/deputes/malavoy-marie-255/index.html" xr:uid="{64A06F33-C595-4674-A685-682C727EE946}"/>
+    <hyperlink ref="A135" r:id="rId70" display="http://www.assnat.qc.ca/fr/deputes/malavoy-marie-255/index.html" xr:uid="{64A06F33-C595-4674-A685-682C727EE946}"/>
     <hyperlink ref="A31" r:id="rId71" display="http://www.assnat.qc.ca/fr/deputes/champagne-noella-229/index.html" xr:uid="{1B1F38A7-5C97-4514-A724-B69983A2A01D}"/>
     <hyperlink ref="A21" r:id="rId72" display="http://www.assnat.qc.ca/fr/deputes/boulet-julie-649/index.html" xr:uid="{8068944E-8B67-4227-9207-49CAC3BFFC7E}"/>
-    <hyperlink ref="A165" r:id="rId73" display="http://www.assnat.qc.ca/fr/deputes/ouellet-martine-8431/index.html" xr:uid="{204624D3-A6E5-4C52-8403-6F24A371691D}"/>
+    <hyperlink ref="A166" r:id="rId73" display="http://www.assnat.qc.ca/fr/deputes/ouellet-martine-8431/index.html" xr:uid="{204624D3-A6E5-4C52-8403-6F24A371691D}"/>
     <hyperlink ref="A48" r:id="rId74" display="http://www.assnat.qc.ca/fr/deputes/dansereau-suzanne-17907/index.html" xr:uid="{00E48908-EF81-4717-A1C0-FD38B34CC83D}"/>
     <hyperlink ref="A88" r:id="rId75" display="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" xr:uid="{C6854E69-D98F-4C96-BB08-3F560C6F6700}"/>
     <hyperlink ref="A63" r:id="rId76" display="http://www.assnat.qc.ca/fr/deputes/frulla-liza-3285/index.html" xr:uid="{6E5D18E0-7211-43FD-B291-C259652D7D07}"/>
-    <hyperlink ref="A219" r:id="rId77" display="http://www.assnat.qc.ca/fr/deputes/vien-dominique-191/index.html" xr:uid="{6CC87228-6032-43BC-9823-51E7398D6768}"/>
+    <hyperlink ref="A222" r:id="rId77" display="http://www.assnat.qc.ca/fr/deputes/vien-dominique-191/index.html" xr:uid="{6CC87228-6032-43BC-9823-51E7398D6768}"/>
     <hyperlink ref="A50" r:id="rId78" display="http://www.assnat.qc.ca/fr/deputes/de-santis-rita-lc-12217/index.html" xr:uid="{1756C47F-6129-4D7C-BFD3-7432A57051BF}"/>
     <hyperlink ref="A87" r:id="rId79" display="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" xr:uid="{CA0CEF37-3120-4F72-816E-1C5126CEC34B}"/>
     <hyperlink ref="A29" r:id="rId80" display="http://www.assnat.qc.ca/fr/deputes/carrier-perreault-denise-2437/index.html" xr:uid="{564E8122-8D24-48C8-B571-505493603CE7}"/>
     <hyperlink ref="A128" r:id="rId81" display="http://www.assnat.qc.ca/fr/deputes/lemieux-diane-4157/index.html" xr:uid="{2137E0C0-91C3-4121-8761-2A5E872CB066}"/>
-    <hyperlink ref="A161" r:id="rId82" display="http://www.assnat.qc.ca/fr/deputes/morissette-catherine-5895/index.html" xr:uid="{0A877B08-9687-4124-905F-E0B5AA49E733}"/>
-    <hyperlink ref="A176" r:id="rId83" display="http://www.assnat.qc.ca/fr/deputes/richard-lorraine-287/index.html" xr:uid="{8FD19B6E-1F6A-4C39-B329-1ED69F54251B}"/>
+    <hyperlink ref="A162" r:id="rId82" display="http://www.assnat.qc.ca/fr/deputes/morissette-catherine-5895/index.html" xr:uid="{0A877B08-9687-4124-905F-E0B5AA49E733}"/>
+    <hyperlink ref="A177" r:id="rId83" display="http://www.assnat.qc.ca/fr/deputes/richard-lorraine-287/index.html" xr:uid="{8FD19B6E-1F6A-4C39-B329-1ED69F54251B}"/>
     <hyperlink ref="A103" r:id="rId84" display="http://www.assnat.qc.ca/fr/deputes/isabelle-claire-17939/index.html" xr:uid="{3F199DB6-3E69-4314-87A4-1657DC577AF0}"/>
     <hyperlink ref="A89" r:id="rId85" display="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" xr:uid="{64136787-BA82-4F96-9A56-5F7457458C1F}"/>
     <hyperlink ref="A102" r:id="rId86" display="http://www.assnat.qc.ca/fr/deputes/hovington-claire-helene-3671/index.html" xr:uid="{1827F781-6E94-4E63-AAE1-44CF69725F71}"/>
     <hyperlink ref="A17" r:id="rId87" display="http://www.assnat.qc.ca/fr/deputes/blackburn-jeanne-l-2113/index.html" xr:uid="{028F2C79-22A0-4840-A20E-C10A690B0538}"/>
     <hyperlink ref="A16" r:id="rId88" display="http://www.assnat.qc.ca/fr/deputes/belanger-madeleine-1973/index.html" xr:uid="{F988C2A8-A5D9-42F4-B5DC-AD2C41E4EA41}"/>
     <hyperlink ref="A34" r:id="rId89" display="http://www.assnat.qc.ca/fr/deputes/charest-solange-2521/index.html" xr:uid="{9DC88E4E-40BE-443E-8CF3-5AD2CAA942E2}"/>
     <hyperlink ref="A94" r:id="rId90" display="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" xr:uid="{076590A2-B17F-4A77-A417-1C844F423046}"/>
-    <hyperlink ref="A174" r:id="rId91" display="http://www.assnat.qc.ca/fr/deputes/richard-lorraine-287/index.html" xr:uid="{24E6A382-D1C5-4FC9-8A12-11E80EE997D8}"/>
-[...2 lines deleted...]
-    <hyperlink ref="A183" r:id="rId94" display="http://www.assnat.qc.ca/fr/deputes/rotiroti-filomena-1171/index.html" xr:uid="{154B1A01-3117-4D35-87B2-F03289E7EEFC}"/>
+    <hyperlink ref="A175" r:id="rId91" display="http://www.assnat.qc.ca/fr/deputes/richard-lorraine-287/index.html" xr:uid="{24E6A382-D1C5-4FC9-8A12-11E80EE997D8}"/>
+    <hyperlink ref="A223" r:id="rId92" display="http://www.assnat.qc.ca/fr/deputes/vien-dominique-191/index.html" xr:uid="{355179AD-F22D-4E2A-83EC-52775BCCBCF4}"/>
+    <hyperlink ref="A207" r:id="rId93" display="http://www.assnat.qc.ca/fr/deputes/st-pierre-christine-1235/index.html" xr:uid="{7E3FDA1D-DD9E-45A8-B158-F4349AF142C3}"/>
+    <hyperlink ref="A184" r:id="rId94" display="http://www.assnat.qc.ca/fr/deputes/rotiroti-filomena-1171/index.html" xr:uid="{154B1A01-3117-4D35-87B2-F03289E7EEFC}"/>
     <hyperlink ref="A51" r:id="rId95" display="http://www.assnat.qc.ca/fr/deputes/de-santis-rita-lc-12217/index.html" xr:uid="{14E45906-96F5-4676-AE6C-7AC67939D6C3}"/>
     <hyperlink ref="A54" r:id="rId96" display="http://www.assnat.qc.ca/fr/deputes/dionne-marsolais-rita-2915/index.html" xr:uid="{7B723C84-1631-47E2-8EE1-BA9AB3C55D3D}"/>
     <hyperlink ref="A110" r:id="rId97" display="http://www.assnat.qc.ca/fr/deputes/lapointe-linda-5883/index.html" xr:uid="{752DFCA4-8759-44DF-A4B7-D1540B043E58}"/>
     <hyperlink ref="A56" r:id="rId98" display="http://www.assnat.qc.ca/fr/deputes/dionne-marsolais-rita-2915/index.html" xr:uid="{85070123-0BB3-4CBE-B361-C699CED6F847}"/>
-    <hyperlink ref="A221" r:id="rId99" display="http://www.assnat.qc.ca/fr/deputes/vien-dominique-191/index.html" xr:uid="{C63848E0-AA25-4A6F-A926-D35B8A2ED767}"/>
+    <hyperlink ref="A224" r:id="rId99" display="http://www.assnat.qc.ca/fr/deputes/vien-dominique-191/index.html" xr:uid="{C63848E0-AA25-4A6F-A926-D35B8A2ED767}"/>
     <hyperlink ref="A4" r:id="rId100" display="http://www.assnat.qc.ca/fr/deputes/anglade-dominique-16499/index.html" xr:uid="{E7EC1668-1924-4B9B-8559-18A338D07D9F}"/>
     <hyperlink ref="A18" r:id="rId101" display="Marguerite Blais" xr:uid="{34BE1A14-FA12-4C99-8698-F96727F809F5}"/>
-    <hyperlink ref="A199" r:id="rId102" display="http://www.assnat.qc.ca/fr/deputes/sauve-monique-16493/index.html" xr:uid="{FD7A73D8-70EC-4523-9373-47A6A7E1F572}"/>
+    <hyperlink ref="A201" r:id="rId102" display="http://www.assnat.qc.ca/fr/deputes/sauve-monique-16493/index.html" xr:uid="{FD7A73D8-70EC-4523-9373-47A6A7E1F572}"/>
     <hyperlink ref="A41" r:id="rId103" xr:uid="{0CF9B71B-4623-414D-881E-C2E06C602CE3}"/>
     <hyperlink ref="A44" r:id="rId104" display="http://www.assnat.qc.ca/fr/deputes/cuerrier-louise-2723/index.html" xr:uid="{3FE48C49-4B2C-4E9D-938A-6665F27F3FDE}"/>
     <hyperlink ref="A12" r:id="rId105" display="http://www.assnat.qc.ca/fr/deputes/begin-louise-1949/index.html" xr:uid="{95830242-3544-43BE-B81F-02BBBAAEBA54}"/>
     <hyperlink ref="A115" r:id="rId106" display="http://www.assnat.qc.ca/fr/deputes/leblanc-diane-4075/index.html" xr:uid="{2C095D84-0929-467A-BA6D-BF7EAA52D997}"/>
     <hyperlink ref="A100" r:id="rId107" display="http://www.assnat.qc.ca/fr/deputes/houda-pepin-fatima-61/index.html" xr:uid="{F0A92177-2A8B-466F-A57A-78F3A65EA497}"/>
     <hyperlink ref="A77" r:id="rId108" display="http://www.assnat.qc.ca/fr/deputes/gaudreault-maryse-959/index.html" xr:uid="{0B9B974A-71E5-44C6-AEF4-2FE1E364024F}"/>
     <hyperlink ref="A78" r:id="rId109" display="http://www.assnat.qc.ca/fr/deputes/gaudreault-maryse-959/index.html" xr:uid="{D183D3F5-3CB5-4209-9DD2-62EBA5C81843}"/>
     <hyperlink ref="A111" r:id="rId110" display="http://www.assnat.qc.ca/fr/deputes/lavallee-lise-15389/index.html" xr:uid="{973985B7-1B4F-4FAC-9704-82E64CE9E50B}"/>
-    <hyperlink ref="A150" r:id="rId111" display="http://www.assnat.qc.ca/fr/deputes/masse-manon-15421/index.html" xr:uid="{088BBD63-58BD-4080-913E-D6BD259A2610}"/>
-[...2 lines deleted...]
-    <hyperlink ref="A162" r:id="rId114" display="http://www.assnat.qc.ca/fr/deputes/nichols-marie-claude-15439/index.html" xr:uid="{F911E9A7-C24C-4927-8C02-5F83B03AE37C}"/>
+    <hyperlink ref="A151" r:id="rId111" display="http://www.assnat.qc.ca/fr/deputes/masse-manon-15421/index.html" xr:uid="{088BBD63-58BD-4080-913E-D6BD259A2610}"/>
+    <hyperlink ref="A152" r:id="rId112" display="http://www.assnat.qc.ca/fr/deputes/masse-manon-15421/index.html" xr:uid="{19036A0F-C9D3-4F9F-9D62-699FBD04D300}"/>
+    <hyperlink ref="A154" r:id="rId113" display="http://www.assnat.qc.ca/fr/deputes/melancon-isabelle-16779/index.html" xr:uid="{24341DAA-5FC2-4719-9A39-445E7D0B7F1B}"/>
+    <hyperlink ref="A163" r:id="rId114" display="http://www.assnat.qc.ca/fr/deputes/nichols-marie-claude-15439/index.html" xr:uid="{F911E9A7-C24C-4927-8C02-5F83B03AE37C}"/>
     <hyperlink ref="A95" r:id="rId115" xr:uid="{952B124A-5280-4926-9459-D3C4C5246028}"/>
     <hyperlink ref="A116" r:id="rId116" xr:uid="{7BFC165E-E5B4-45E1-A7E6-1C5E514638F3}"/>
     <hyperlink ref="A33" r:id="rId117" xr:uid="{B794F51A-0138-40FF-8D1B-57F3F47F9A87}"/>
     <hyperlink ref="A84" r:id="rId118" xr:uid="{2FB5C4EF-A15E-4C8E-838E-B7CFF1A6B6F9}"/>
-    <hyperlink ref="A177" r:id="rId119" display="http://www.assnat.qc.ca/fr/deputes/richard-lorraine-287/index.html" xr:uid="{32C871ED-38E7-4355-B451-A94E3376D7C8}"/>
+    <hyperlink ref="A178" r:id="rId119" display="http://www.assnat.qc.ca/fr/deputes/richard-lorraine-287/index.html" xr:uid="{32C871ED-38E7-4355-B451-A94E3376D7C8}"/>
     <hyperlink ref="A83" r:id="rId120" xr:uid="{868EA1C2-297E-45DC-8F64-53C5FE0D4A86}"/>
-    <hyperlink ref="A149" r:id="rId121" display="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/index.html" xr:uid="{D3316786-46FE-48B6-9620-FDD8DEB07478}"/>
+    <hyperlink ref="A150" r:id="rId121" display="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/index.html" xr:uid="{D3316786-46FE-48B6-9620-FDD8DEB07478}"/>
     <hyperlink ref="A67" r:id="rId122" display="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" xr:uid="{84B3E242-A80A-4110-9D81-828CF10C416F}"/>
     <hyperlink ref="A70" r:id="rId123" display="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" xr:uid="{4F486F1D-174A-4153-8561-157F014F69F8}"/>
-    <hyperlink ref="A146" r:id="rId124" display="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/index.html" xr:uid="{D077CD7D-93A2-4069-8DDC-430EF4E2F472}"/>
-    <hyperlink ref="A164" r:id="rId125" display="http://www.assnat.qc.ca/fr/deputes/normandeau-nathalie-1063/index.html" xr:uid="{54CE2655-D784-4742-830D-82D139F44714}"/>
+    <hyperlink ref="A147" r:id="rId124" display="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/index.html" xr:uid="{D077CD7D-93A2-4069-8DDC-430EF4E2F472}"/>
+    <hyperlink ref="A165" r:id="rId125" display="http://www.assnat.qc.ca/fr/deputes/normandeau-nathalie-1063/index.html" xr:uid="{54CE2655-D784-4742-830D-82D139F44714}"/>
     <hyperlink ref="A9" r:id="rId126" display="http://www.assnat.qc.ca/fr/deputes/beauchamp-line-663/index.html" xr:uid="{3480F974-94D4-477C-89E5-4BDABDE92A68}"/>
     <hyperlink ref="A43" r:id="rId127" display="http://www.assnat.qc.ca/fr/deputes/courchesne-michelle-859/index.html" xr:uid="{4CD1DC5B-295F-487B-B0C3-D6D770ACF5BE}"/>
-    <hyperlink ref="A211" r:id="rId128" display="http://www.assnat.qc.ca/fr/deputes/theriault-lise-1355/index.html" xr:uid="{171D5D43-4FE8-4064-ACA9-983094F256F7}"/>
+    <hyperlink ref="A214" r:id="rId128" display="http://www.assnat.qc.ca/fr/deputes/theriault-lise-1355/index.html" xr:uid="{171D5D43-4FE8-4064-ACA9-983094F256F7}"/>
     <hyperlink ref="A3" r:id="rId129" display="http://www.assnat.qc.ca/fr/deputes/anglade-dominique-16499/index.html" xr:uid="{03777EDA-6422-47A6-BEB2-43FF9B5EE24C}"/>
     <hyperlink ref="A72" r:id="rId130" display="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" xr:uid="{7F0CCEE5-A94B-4AC6-935A-CCEBC5EE5BCD}"/>
     <hyperlink ref="A65" r:id="rId131" display="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" xr:uid="{56BA89CF-07FC-4E6C-B43A-89966A17CEFD}"/>
     <hyperlink ref="A71" r:id="rId132" display="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" xr:uid="{28375F80-066F-4E29-BAAE-116FF9CF76AD}"/>
     <hyperlink ref="A66" r:id="rId133" display="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" xr:uid="{BED2698C-902B-4FBD-B8A7-A49DB369E41F}"/>
     <hyperlink ref="A104" r:id="rId134" display="http://www.assnat.qc.ca/fr/deputes/jerome-forget-monique-3707/index.html" xr:uid="{1D19CEFF-98DA-4AEC-BBBF-5167BDA424CF}"/>
     <hyperlink ref="A42" r:id="rId135" xr:uid="{3855F773-5993-465A-92A4-71469A00A01B}"/>
     <hyperlink ref="A37" r:id="rId136" display="http://www.assnat.qc.ca/fr/deputes/charlebois-lucie-1017/index.html" xr:uid="{5C4178DF-37BA-42DC-A6C2-A663B1DCAC98}"/>
     <hyperlink ref="A38" r:id="rId137" display="http://www.assnat.qc.ca/fr/deputes/charlebois-lucie-1017/index.html" xr:uid="{C6733391-E7F1-4E1A-A159-5F99FC570068}"/>
     <hyperlink ref="A39" r:id="rId138" display="http://www.assnat.qc.ca/fr/deputes/charlebois-lucie-1017/index.html" xr:uid="{99F016C7-DD93-47E3-B294-C39E6D140B33}"/>
     <hyperlink ref="A40" r:id="rId139" display="http://www.assnat.qc.ca/fr/deputes/charlebois-lucie-1017/index.html" xr:uid="{AD922657-E94C-429D-BCF2-D055DAD17C63}"/>
     <hyperlink ref="A108" r:id="rId140" display="http://www.assnat.qc.ca/fr/deputes/lachapelle-huguette-3847/index.html" xr:uid="{15313C29-C9DB-4902-B6D7-74336371CBC9}"/>
     <hyperlink ref="A122" r:id="rId141" display="http://www.assnat.qc.ca/fr/deputes/leger-nicole-63/index.html" xr:uid="{D921B9CF-A399-4B89-AC11-140235175EF7}"/>
-    <hyperlink ref="A157" r:id="rId142" display="http://www.assnat.qc.ca/fr/deputes/menard-nicole-113/index.html" xr:uid="{54FC7A8E-80DB-48B9-B9D2-BF51D1DD083B}"/>
-    <hyperlink ref="A147" r:id="rId143" display="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/index.html" xr:uid="{3C7475D0-C238-48E9-BC3F-00454546DD3B}"/>
+    <hyperlink ref="A158" r:id="rId142" display="http://www.assnat.qc.ca/fr/deputes/menard-nicole-113/index.html" xr:uid="{54FC7A8E-80DB-48B9-B9D2-BF51D1DD083B}"/>
+    <hyperlink ref="A148" r:id="rId143" display="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/index.html" xr:uid="{3C7475D0-C238-48E9-BC3F-00454546DD3B}"/>
     <hyperlink ref="A8" r:id="rId144" display="BACON, Lise" xr:uid="{70F8AD6D-BCC6-4E59-ACF7-A737749170AC}"/>
     <hyperlink ref="A113" r:id="rId145" display="LEBEL, Sonia" xr:uid="{B84D8527-BC8B-4B83-8663-F575089E8F87}"/>
-    <hyperlink ref="A136" r:id="rId146" display="http://www.assnat.qc.ca/fr/deputes/maltais-agnes-57/index.html" xr:uid="{0F8FBA65-9A27-429F-A751-7322AF1B5DC3}"/>
-[...5 lines deleted...]
-    <hyperlink ref="A154" r:id="rId152" display="http://www.assnat.qc.ca/fr/deputes/melancon-isabelle-16779/index.html" xr:uid="{CB0DFB36-35D5-4A4A-AB00-C0B63F2067A3}"/>
+    <hyperlink ref="A137" r:id="rId146" display="http://www.assnat.qc.ca/fr/deputes/maltais-agnes-57/index.html" xr:uid="{0F8FBA65-9A27-429F-A751-7322AF1B5DC3}"/>
+    <hyperlink ref="A136" r:id="rId147" display="http://www.assnat.qc.ca/fr/deputes/maltais-agnes-57/index.html" xr:uid="{90B708BC-ECBA-4B6A-978A-5A26D0ABB4B0}"/>
+    <hyperlink ref="A142" r:id="rId148" display="http://www.assnat.qc.ca/fr/deputes/maltais-agnes-57/index.html" xr:uid="{F5D7B5FD-DFD5-4E5F-8AB5-3A90B9EB4C7B}"/>
+    <hyperlink ref="A143" r:id="rId149" display="http://www.assnat.qc.ca/fr/deputes/maltais-agnes-57/index.html" xr:uid="{15DF15CC-D1DA-4F4B-8D8E-8C1E8E0204BF}"/>
+    <hyperlink ref="A138" r:id="rId150" display="http://www.assnat.qc.ca/fr/deputes/maltais-agnes-57/index.html" xr:uid="{5580F16E-63D5-41CF-BF3F-777252443FF4}"/>
+    <hyperlink ref="A141" r:id="rId151" display="http://www.assnat.qc.ca/fr/deputes/maltais-agnes-57/index.html" xr:uid="{FA9BB1E9-444C-4057-A60B-2A053E88AC02}"/>
+    <hyperlink ref="A155" r:id="rId152" display="http://www.assnat.qc.ca/fr/deputes/melancon-isabelle-16779/index.html" xr:uid="{CB0DFB36-35D5-4A4A-AB00-C0B63F2067A3}"/>
     <hyperlink ref="A63:A64" r:id="rId153" display="http://www.assnat.qc.ca/fr/deputes/theriault-lise-1355/index.html" xr:uid="{360EDF66-FA87-4EC0-A520-040C67AAC0CA}"/>
-    <hyperlink ref="A212" r:id="rId154" display="http://www.assnat.qc.ca/fr/deputes/theriault-lise-1355/index.html" xr:uid="{F60DA849-A98D-4ECE-8C16-74E0E9BBC6ED}"/>
-[...1 lines deleted...]
-    <hyperlink ref="A210:A211" r:id="rId156" display="http://www.assnat.qc.ca/fr/deputes/theriault-lise-1355/index.html" xr:uid="{A05B8828-9473-47B3-A070-1A53CDE649FD}"/>
+    <hyperlink ref="A215" r:id="rId154" display="http://www.assnat.qc.ca/fr/deputes/theriault-lise-1355/index.html" xr:uid="{F60DA849-A98D-4ECE-8C16-74E0E9BBC6ED}"/>
+    <hyperlink ref="A216" r:id="rId155" display="http://www.assnat.qc.ca/fr/deputes/theriault-lise-1355/index.html" xr:uid="{EF76AE53-4EAD-4062-A445-EAC45E305380}"/>
+    <hyperlink ref="A213:A214" r:id="rId156" display="http://www.assnat.qc.ca/fr/deputes/theriault-lise-1355/index.html" xr:uid="{A05B8828-9473-47B3-A070-1A53CDE649FD}"/>
     <hyperlink ref="A6" r:id="rId157" display="http://www.assnat.qc.ca/fr/deputes/anglade-dominique-16499/index.html" xr:uid="{AF937AF0-21E2-41B7-9075-7AF914ED0110}"/>
     <hyperlink ref="A32" r:id="rId158" xr:uid="{0FD79953-0947-447E-BF38-997E08FED0AF}"/>
     <hyperlink ref="A69" r:id="rId159" display="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" xr:uid="{44FA7E1C-8472-4766-A633-0B6164E543E6}"/>
     <hyperlink ref="A76" r:id="rId160" display="http://www.assnat.qc.ca/fr/deputes/gaudreault-maryse-959/index.html" xr:uid="{CF19137E-E4BE-48F3-A576-67A52E60E241}"/>
     <hyperlink ref="A85" r:id="rId161" xr:uid="{BF3A5682-1251-4220-89B8-2DAA4A50A70D}"/>
     <hyperlink ref="A117" r:id="rId162" xr:uid="{051656F4-1D86-4AFC-B6CE-B7F5F9274359}"/>
     <hyperlink ref="A118" r:id="rId163" xr:uid="{E8F4B356-B651-4DBF-AD55-DEBD5445F1F0}"/>
-    <hyperlink ref="A152" r:id="rId164" display="http://www.assnat.qc.ca/fr/deputes/masse-manon-15421/index.html" xr:uid="{231F25A9-9F18-4D33-BE79-D1A3D9AF4D9B}"/>
-[...1 lines deleted...]
-    <hyperlink ref="A187" r:id="rId166" display="http://www.assnat.qc.ca/fr/deputes/rotiroti-filomena-1171/index.html" xr:uid="{0915490D-58A5-4FBF-90B0-BE079FEE1A29}"/>
+    <hyperlink ref="A153" r:id="rId164" display="http://www.assnat.qc.ca/fr/deputes/masse-manon-15421/index.html" xr:uid="{231F25A9-9F18-4D33-BE79-D1A3D9AF4D9B}"/>
+    <hyperlink ref="A161" r:id="rId165" display="http://www.assnat.qc.ca/fr/deputes/montpetit-marie-15369/index.html" xr:uid="{233B1657-F568-4D9B-9FA9-8FD2FA2BE1E1}"/>
+    <hyperlink ref="A188" r:id="rId166" display="http://www.assnat.qc.ca/fr/deputes/rotiroti-filomena-1171/index.html" xr:uid="{0915490D-58A5-4FBF-90B0-BE079FEE1A29}"/>
     <hyperlink ref="A23" r:id="rId167" xr:uid="{763305CE-3C4A-4519-92E1-600132884951}"/>
     <hyperlink ref="A26" r:id="rId168" xr:uid="{C31E9A83-A9D8-4F93-93B4-DA9274014C97}"/>
     <hyperlink ref="A45" r:id="rId169" xr:uid="{56F81DE8-A347-479F-8389-AD1CE91AFF8A}"/>
     <hyperlink ref="A46" r:id="rId170" xr:uid="{5226A388-4D31-454C-AD26-E422A28C4090}"/>
     <hyperlink ref="A52" r:id="rId171" xr:uid="{AD1FC472-AFAF-4D7C-A7FC-C1AD529886C0}"/>
     <hyperlink ref="A60" r:id="rId172" xr:uid="{C6EE68A2-4937-4737-8317-D005E1039366}"/>
     <hyperlink ref="A61" r:id="rId173" xr:uid="{5863E54A-C21B-45E6-9990-469F7521A7C0}"/>
     <hyperlink ref="A73" r:id="rId174" xr:uid="{19A965A5-B4BF-4D03-95D6-0FEA0D6DCAD9}"/>
     <hyperlink ref="A80" r:id="rId175" xr:uid="{0CD45ABE-1E5C-4002-AC20-F7BC5A75CC11}"/>
     <hyperlink ref="A105" r:id="rId176" xr:uid="{6CE106C1-47C7-4567-A3E8-00C6EB0AD081}"/>
     <hyperlink ref="A106" r:id="rId177" xr:uid="{0AE70201-1D2B-44AC-B810-8C951D095414}"/>
     <hyperlink ref="A131" r:id="rId178" xr:uid="{90B4EE10-E2FF-4533-8AD3-C6634EFF6803}"/>
     <hyperlink ref="A132" r:id="rId179" xr:uid="{58EE17A5-2978-40CC-ACAF-828CD33D6ECE}"/>
-    <hyperlink ref="A191" r:id="rId180" display="http://www.assnat.qc.ca/fr/deputes/roy-nathalie-12187/index.html" xr:uid="{2F44AA8C-04A5-448B-AD8D-E4AE7E74587E}"/>
-[...2 lines deleted...]
-    <hyperlink ref="A223" r:id="rId183" xr:uid="{DC960E94-AD61-4B4A-ADEB-7617F7D36E8F}"/>
+    <hyperlink ref="A193" r:id="rId180" display="http://www.assnat.qc.ca/fr/deputes/roy-nathalie-12187/index.html" xr:uid="{2F44AA8C-04A5-448B-AD8D-E4AE7E74587E}"/>
+    <hyperlink ref="A194" r:id="rId181" display="http://www.assnat.qc.ca/fr/deputes/roy-nathalie-12187/index.html" xr:uid="{BB4F9B4F-BCFD-4CA8-9208-41391FEBEF51}"/>
+    <hyperlink ref="A225" r:id="rId182" xr:uid="{2A419DA7-4F93-4DAF-B56A-DC3D84B4B475}"/>
+    <hyperlink ref="A226" r:id="rId183" xr:uid="{DC960E94-AD61-4B4A-ADEB-7617F7D36E8F}"/>
     <hyperlink ref="A22" r:id="rId184" xr:uid="{4DB52DE5-C782-41C4-BDB9-AC297D7BCD88}"/>
     <hyperlink ref="A53" r:id="rId185" xr:uid="{532CB776-95C5-440C-ACB2-D7847FC60BB2}"/>
-    <hyperlink ref="A179" r:id="rId186" xr:uid="{576B571B-F4AD-48A4-8472-73090951C9D9}"/>
+    <hyperlink ref="A180" r:id="rId186" xr:uid="{576B571B-F4AD-48A4-8472-73090951C9D9}"/>
     <hyperlink ref="A47" r:id="rId187" xr:uid="{6DDE0BC8-B286-4C83-ADE8-F2EF307C133E}"/>
     <hyperlink ref="A86" r:id="rId188" xr:uid="{336719A9-154E-48A0-A524-0E622776D610}"/>
     <hyperlink ref="A96" r:id="rId189" xr:uid="{1A4E35DB-62BF-4EB6-A2CE-F5AE1755B098}"/>
-    <hyperlink ref="A193" r:id="rId190" display="http://www.assnat.qc.ca/fr/deputes/roy-nathalie-12187/index.html" xr:uid="{27F630A0-7FAE-4645-A3DA-03484A657559}"/>
+    <hyperlink ref="A195" r:id="rId190" display="http://www.assnat.qc.ca/fr/deputes/roy-nathalie-12187/index.html" xr:uid="{27F630A0-7FAE-4645-A3DA-03484A657559}"/>
     <hyperlink ref="A19" r:id="rId191" xr:uid="{8AF9B38B-6B2B-4346-93EA-DB2BA9FBEB48}"/>
     <hyperlink ref="A27" r:id="rId192" xr:uid="{DEEE83FD-666D-4FB9-BECF-C10B8F20012A}"/>
     <hyperlink ref="A62" r:id="rId193" xr:uid="{6E4FCD81-A128-4F8D-86ED-FBCB42188C5F}"/>
     <hyperlink ref="A74" r:id="rId194" xr:uid="{E458B58E-09DB-4FC2-A5B0-A5E3387B6B49}"/>
     <hyperlink ref="A75" r:id="rId195" xr:uid="{0F582BC8-BF78-42D6-B273-11C7ABB8FBBF}"/>
     <hyperlink ref="A79" r:id="rId196" xr:uid="{91E8B44A-A7B8-44A9-81F9-F774033E7249}"/>
     <hyperlink ref="A81" r:id="rId197" xr:uid="{507B1572-7DBB-4A7C-BC89-CC46E266C01E}"/>
     <hyperlink ref="A109" r:id="rId198" xr:uid="{E8376687-EE97-422A-8A26-955597F1CC5A}"/>
     <hyperlink ref="A114" r:id="rId199" display="LEBEL, Sonia" xr:uid="{003F4A58-E4CD-43BF-B1CF-DF8F22D0C0BC}"/>
     <hyperlink ref="A133" r:id="rId200" xr:uid="{A4676D0B-8D46-4702-8A4F-9614A6865981}"/>
-    <hyperlink ref="A163" r:id="rId201" display="http://www.assnat.qc.ca/fr/deputes/nichols-marie-claude-15439/index.html" xr:uid="{0E0222F6-25D4-4963-A3DC-0C62F1D6C07C}"/>
-[...5 lines deleted...]
-    <hyperlink ref="A201" r:id="rId207" xr:uid="{FCEE6F56-E663-4222-8893-96119274AAF0}"/>
+    <hyperlink ref="A164" r:id="rId201" display="http://www.assnat.qc.ca/fr/deputes/nichols-marie-claude-15439/index.html" xr:uid="{0E0222F6-25D4-4963-A3DC-0C62F1D6C07C}"/>
+    <hyperlink ref="A181" r:id="rId202" xr:uid="{BFE160CB-0C6A-49CD-951D-AA94A4941DC3}"/>
+    <hyperlink ref="A189" r:id="rId203" display="http://www.assnat.qc.ca/fr/deputes/rotiroti-filomena-1171/index.html" xr:uid="{FA457D8A-8718-45A9-8F69-53837DE93706}"/>
+    <hyperlink ref="A190" r:id="rId204" display="http://www.assnat.qc.ca/fr/deputes/rotiroti-filomena-1171/index.html" xr:uid="{437E8459-0C68-4CA5-9A24-BEE0A1A27D89}"/>
+    <hyperlink ref="A196" r:id="rId205" xr:uid="{47D1CA96-7403-4B7F-A1BB-BF276D84C18C}"/>
+    <hyperlink ref="A202" r:id="rId206" xr:uid="{1F392BB6-1F51-4B25-9636-79A80BF54992}"/>
+    <hyperlink ref="A203" r:id="rId207" xr:uid="{FCEE6F56-E663-4222-8893-96119274AAF0}"/>
+    <hyperlink ref="A134" r:id="rId208" xr:uid="{50B1F877-C850-4AD9-B615-BA3AF45B49D7}"/>
+    <hyperlink ref="A191" r:id="rId209" display="http://www.assnat.qc.ca/fr/deputes/rotiroti-filomena-1171/index.html" xr:uid="{FC255522-64A6-41A5-A6FA-D02AD0CF4AE2}"/>
+    <hyperlink ref="A204" r:id="rId210" xr:uid="{69B06EBC-6BE8-41A7-8CBC-55EBD6080A27}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId208"/>
-  <drawing r:id="rId209"/>
+  <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId211"/>
+  <drawing r:id="rId212"/>
   <tableParts count="1">
-    <tablePart r:id="rId210"/>
+    <tablePart r:id="rId213"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...35 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100ECE9580C1D0B084F873123C424E583F8" ma:contentTypeVersion="45" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="7ccd094687686ff24f1430df43ce589b">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0683056e-20ca-4d1a-9994-38726de96c77" xmlns:ns3="818e2508-81bc-4771-91be-949b271fd80e" xmlns:ns4="49b9bb05-b2a5-4a3b-9d5c-fed2c03ccec1" xmlns:ns5="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xmlns:ns6="08bfab35-c0ae-4247-a240-43dcd2ac7a80" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a79a7b3f5616315c3940529ef56b9008" ns2:_="" ns3:_="" ns4:_="" ns5:_="" ns6:_="">
     <xsd:import namespace="0683056e-20ca-4d1a-9994-38726de96c77"/>
     <xsd:import namespace="818e2508-81bc-4771-91be-949b271fd80e"/>
     <xsd:import namespace="49b9bb05-b2a5-4a3b-9d5c-fed2c03ccec1"/>
     <xsd:import namespace="f53a051f-3f64-47d6-8de1-6a03fdbf7d14"/>
     <xsd:import namespace="08bfab35-c0ae-4247-a240-43dcd2ac7a80"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Code_x0020_du_x0020_repertoire" minOccurs="0"/>
                 <xsd:element ref="ns2:Direction" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceOCR" minOccurs="0"/>
@@ -7018,96 +7038,133 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...16 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Code_x0020_du_x0020_repertoire xmlns="0683056e-20ca-4d1a-9994-38726de96c77">2120</Code_x0020_du_x0020_repertoire>
+    <Direction xmlns="0683056e-20ca-4d1a-9994-38726de96c77">3</Direction>
+    <Statut xmlns="0683056e-20ca-4d1a-9994-38726de96c77" xsi:nil="true"/>
+    <TaxCatchAll xmlns="0683056e-20ca-4d1a-9994-38726de96c77" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="49b9bb05-b2a5-4a3b-9d5c-fed2c03ccec1">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <ClassificationId xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
+    <PlannedDispositionDate xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
+    <IntegrationStatus xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
+    <ClassificationType xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
+    <ClassificationCode xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14">01530</ClassificationCode>
+    <DocumentId xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
+    <ClassificationDescription xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
+    <PlannedDispositionCode xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
+    <ClassificationTitle xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
+    <RetentionRuleId xmlns="08bfab35-c0ae-4247-a240-43dcd2ac7a80" xsi:nil="true"/>
+    <DatasetId xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
+    <UltimaId xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
+    <LifeCycleConfidentiality xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
+    <DirectionQUSP xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
+    <RetentionRuleTitle xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
+    <CopyType xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
+    <CodeCR xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
+    <ErrorDetails xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
+    <UnitId xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
+    <ClassificationConfidentiality xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
+    <StatusDesc xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
+    <ClassificationLevel xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
+    <RetentionRuleCode xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55C409C6-FDC1-453E-B194-B0EE199D8C91}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2337411E-D584-4FC0-8155-5A7F9A502D2E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="0683056e-20ca-4d1a-9994-38726de96c77"/>
     <ds:schemaRef ds:uri="818e2508-81bc-4771-91be-949b271fd80e"/>
     <ds:schemaRef ds:uri="49b9bb05-b2a5-4a3b-9d5c-fed2c03ccec1"/>
     <ds:schemaRef ds:uri="f53a051f-3f64-47d6-8de1-6a03fdbf7d14"/>
     <ds:schemaRef ds:uri="08bfab35-c0ae-4247-a240-43dcd2ac7a80"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{52B79A52-353C-4BC2-911A-80BE2B6CC771}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="49b9bb05-b2a5-4a3b-9d5c-fed2c03ccec1"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="0683056e-20ca-4d1a-9994-38726de96c77"/>
+    <ds:schemaRef ds:uri="08bfab35-c0ae-4247-a240-43dcd2ac7a80"/>
+    <ds:schemaRef ds:uri="f53a051f-3f64-47d6-8de1-6a03fdbf7d14"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="818e2508-81bc-4771-91be-949b271fd80e"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Feuil1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>