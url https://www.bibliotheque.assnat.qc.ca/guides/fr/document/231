--- v0 (2025-10-13)
+++ v1 (2026-01-09)
@@ -5,81 +5,86 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://assnatqc.sharepoint.com/sites/GED/MULTIDIR/2120-Guide Femme Parl/Section 5-Fonctions parlementaires et ministérielles/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="537" documentId="14_{F1511C21-BB0A-40D2-8811-D8BFA4CC64F6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{C789A4BE-AA20-4D41-ABEB-66AA447496AF}"/>
+  <xr:revisionPtr revIDLastSave="674" documentId="14_{F1511C21-BB0A-40D2-8811-D8BFA4CC64F6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{089D383F-1B71-4358-8AB7-A0C9FB806978}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{84F88141-4A02-48D3-A0D4-E3CBE5AA1751}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{84F88141-4A02-48D3-A0D4-E3CBE5AA1751}"/>
   </bookViews>
   <sheets>
     <sheet name="Feuil1" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="191028"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1000" uniqueCount="221">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1062" uniqueCount="223">
   <si>
     <t>Nom, Prénom</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Ministère</t>
   </si>
   <si>
     <t xml:space="preserve">Appartenance politique </t>
   </si>
   <si>
     <t>Anglade, Dominique</t>
   </si>
   <si>
     <t>Ministre</t>
   </si>
   <si>
     <t>Économie, Science et Innovation</t>
   </si>
   <si>
     <t>Parti libéral du Québec</t>
   </si>
   <si>
@@ -698,50 +703,56 @@
     <t>Affaires municipales, Régions et Occupation du territoire</t>
   </si>
   <si>
     <t>Affaires intergouvernementales canadiennes et Francophonie canadienne</t>
   </si>
   <si>
     <t>Politique industrielle et Banque de développement économique du Québec</t>
   </si>
   <si>
     <t>Institutions démocratiques, de la Réforme électorale et de l'Accès à l'information</t>
   </si>
   <si>
     <t>Institutions démocratiques et de la Réforme électorale</t>
   </si>
   <si>
     <t>Santé</t>
   </si>
   <si>
     <t>Économie, Innovation et Énergie</t>
   </si>
   <si>
     <t>Affaires municipales</t>
   </si>
   <si>
     <t>Champagne-Jourdain, Kateri</t>
+  </si>
+  <si>
+    <t>Dionne, Amélie</t>
+  </si>
+  <si>
+    <t>Administration gouvernementale et de l'Efficacité de l'État</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy\-mm\-dd;@"/>
   </numFmts>
   <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -1320,110 +1331,110 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1909000" cy="523190"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{D4653A21-0EE6-436F-BC86-B5F53DB43B71}" name="Tableau1" displayName="Tableau1" ref="A2:F246" totalsRowShown="0" headerRowDxfId="9" dataDxfId="7" headerRowBorderDxfId="8" tableBorderDxfId="6">
-[...3 lines deleted...]
-    <sortCondition ref="E3:E246"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{D4653A21-0EE6-436F-BC86-B5F53DB43B71}" name="Tableau1" displayName="Tableau1" ref="A2:F262" totalsRowShown="0" headerRowDxfId="9" dataDxfId="7" headerRowBorderDxfId="8" tableBorderDxfId="6">
+  <autoFilter ref="A2:F262" xr:uid="{F27AFB7A-D5AD-4011-A965-ECACABFF36CB}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:F262">
+    <sortCondition ref="A3:A262"/>
+    <sortCondition ref="E3:E262"/>
   </sortState>
   <tableColumns count="6">
     <tableColumn id="7" xr3:uid="{8B3C44BB-598C-4651-91EB-1C5A06BCA223}" name="Nom, Prénom" dataDxfId="5"/>
     <tableColumn id="8" xr3:uid="{0A428EBA-5C74-43D8-BF0F-BD4476E13D87}" name="Titre" dataDxfId="4"/>
     <tableColumn id="1" xr3:uid="{D6CC2FC0-6A22-494D-A665-39CB13868392}" name="Ministère" dataDxfId="3"/>
     <tableColumn id="4" xr3:uid="{D1BF4347-0F15-4063-AABF-122FD5352AF1}" name="Appartenance politique " dataDxfId="2"/>
     <tableColumn id="5" xr3:uid="{64BE7966-2C4E-49E6-9DA4-9BF4683D4BE0}" name="Début du mandat" dataDxfId="1"/>
     <tableColumn id="6" xr3:uid="{D76A4AD6-24F1-4091-9B41-234441B988AA}" name="Fin du mandat" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight11" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office 2013 – 2022">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -1485,51 +1496,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -1627,5465 +1638,5824 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/vien-dominique-191/index.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/carrier-perreault-denise-2437/index.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/biographie.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/index.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/d-amours-sylvie-15399/index.html" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/theberge-carole-5835/index.html" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/goupil-linda-3501/index.html" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/blackburn-jeanne-l-2113/index.html" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/robic-louise-5125/index.html" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/kirkland-casgrain-claire-3799/index.html" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/frechette-christine-19269/biographie.html" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/ouellet-martine-8431/index.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/kirkland-casgrain-claire-3799/index.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/biographie.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/boulet-julie-649/index.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/mccann-danielle-17887/index.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/james-yolande-49/index.html" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/papineau-lucie-4733/index.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/robillard-lucienne-5135/index.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/anglade-dominique-16499/index.html" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/maltais-agnes-57/index.html" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/trepanier-violette-5621/index.html" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/blanchette-vezina-maite-19275/biographie.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/weil-kathleen-33/index.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/bacon-lise-1807/biographie.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/index.html" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/normandeau-nathalie-1063/index.html" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/courchesne-michelle-859/index.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/tremblay-veronyque-16403/index.html" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/beaudoin-louise-293/index.html" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lavoie-roux-therese-4045/index.html" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/bacon-lise-1807/biographie.html" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/frechette-christine-19269/biographie.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/vien-dominique-191/index.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/biographie.html" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/zakaib-elaine-12197/index.html" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/jerome-forget-monique-3707/index.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/frulla-liza-3285/index.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/girault-nadine-17839/index.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/melancon-isabelle-16779/index.html" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/normandeau-nathalie-1063/index.html" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/biographie.html" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/biron-martine-19297/biographie.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/beaudoin-louise-293/index.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/dionne-marsolais-rita-2915/index.html" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/normandeau-nathalie-1063/biographie.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/beauchamp-line-663/index.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/blais-marguerite-1263/index.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/anglade-dominique-16499/index.html" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/blais-marguerite-1263/index.html" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/goupil-linda-3501/index.html" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/beaudoin-louise-293/index.html" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/robic-louise-5125/index.html" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/anglade-dominique-16499/index.html" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/laforest-andree-17913/index.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/theriault-lise-1355/index.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/de-courcy-diane-12221/index.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/biographie.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/frulla-liza-3285/index.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/roy-nathalie-12187/index.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/montpetit-marie-15369/index.html" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/weil-kathleen-33/index.html" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/beauchamp-line-663/index.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/bacon-lise-1807/biographie.html" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/robic-louise-5125/index.html" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/biron-martine-19297/biographie.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/weil-kathleen-33/index.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/dionne-marsolais-rita-2915/index.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/charbonneau-francine-635/index.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/theriault-lise-1355/index.html" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/leger-nicole-63/index.html" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/jerome-forget-monique-3707/index.html" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/dionne-marsolais-rita-2915/index.html" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/dionne-marsolais-rita-2915/index.html" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/trepanier-violette-5621/index.html" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/frechette-christine-19269/biographie.html" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/vien-dominique-191/index.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/biographie.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/payette-lise-4789/index.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lebel-sonia-17847/index.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/david-helene-15379/index.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/vien-dominique-191/index.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/david-helene-15379/index.html" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/james-yolande-49/index.html" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gauthier-francoise-5781/index.html" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/bacon-lise-1807/biographie.html" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lecours-lucie-17949/biographie.html" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/charbonneau-francine-635/index.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/dionne-marsolais-rita-2915/index.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/normandeau-nathalie-1063/index.html" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/menard-nicole-113/index.html" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/theberge-carole-5835/index.html" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/caron-jocelyne-2411/index.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/theriault-lise-1355/index.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/biographie.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/laforest-andree-17913/index.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/st-pierre-christine-1235/index.html" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/maltais-agnes-57/index.html" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gauthier-francoise-5781/index.html" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/maltais-agnes-57/biographie.html" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/blackburn-jeanne-l-2113/index.html" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/index.html" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/leblanc-denise-4073/index.html" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/dery-pascale-19277/biographie.html" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/bacon-lise-1807/biographie.html" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/kirkland-casgrain-claire-3799/index.html" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lemieux-diane-4157/index.html" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/belanger-sonia-19281/biographie.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/normandeau-nathalie-1063/biographie.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/biographie.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/hivon-veronique-27/index.html" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/theriault-lise-1355/index.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/biographie.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/boulet-julie-649/index.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/proulx-caroline-17837/index.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/chasse-mariechantal-17865/index.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/david-helene-15379/index.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/theriault-lise-1355/index.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/vallee-stephanie-223/index.html" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/boulet-julie-649/index.html" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/normandeau-nathalie-1063/index.html" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/leger-nicole-63/index.html" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/carrier-perreault-denise-2437/index.html" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/dionne-marsolais-rita-2915/index.html" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/frulla-liza-3285/index.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/robillard-lucienne-5135/index.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/maltais-agnes-57/index.html" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/trepanier-violette-5621/index.html" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/champagne-jourdain-kateri-19303/biographie.html" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/duranceau-france-elaine-19257/index.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/dionne-marsolais-rita-2915/index.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/girault-nadine-17839/index.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/charlebois-lucie-1017/index.html" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/malavoy-marie-255/index.html" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/boulet-julie-649/index.html" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/biographie.html" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/leblanc-denise-4073/index.html" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/payette-lise-4789/index.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lebel-sonia-17847/index.html" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lemieux-diane-4157/index.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/biographie.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/charest-isabelle-17845/index.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/charbonneau-francine-635/index.html" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/courchesne-michelle-859/index.html" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/goupil-linda-3501/index.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/montpetit-marie-15369/index.html" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/leger-nicole-63/index.html" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/frulla-liza-3285/index.html" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/charest-isabelle-17845/index.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/malavoy-marie-255/index.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/mccann-danielle-17887/index.html" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/maltais-agnes-57/biographie.html" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/courchesne-michelle-859/biographie.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/charest-isabelle-17845/index.html" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/goupil-linda-3501/index.html" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/dionne-marsolais-rita-2915/index.html" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/index.html" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/ouellette-jocelyne-4687/index.html" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lebel-sonia-17847/index.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/weil-kathleen-33/index.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/biographie.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/weil-kathleen-33/index.html" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/blais-marguerite-1263/index.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lebel-sonia-17847/index.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/david-helene-15379/index.html" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/maltais-agnes-57/index.html" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/roy-nathalie-12187/index.html" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/belanger-sonia-19281/biographie.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/courchesne-michelle-859/index.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/st-pierre-christine-1235/index.html" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/de-courcy-diane-12221/biographie.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/proulx-marie-eve-17915/index.html" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/delisle-margaret-f-2821/index.html" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/goupil-linda-3501/index.html" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/malavoy-marie-255/index.html" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/bacon-lise-1807/index.html" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lebel-sonia-17847/index.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/charlebois-lucie-1017/index.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/biographie.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/boulet-julie-649/index.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/de-santis-rita-lc-12217/biographie.html" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/normandeau-nathalie-1063/index.html" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/papineau-lucie-4733/index.html" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/frulla-liza-3285/index.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/rouleau-chantal-17931/index.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/vallee-stephanie-223/index.html" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/rouleau-chantal-17931/index.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/robillard-lucienne-5135/index.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/trepanier-violette-5621/index.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/biographie.html" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/larouche-elizabeth-12243/biographie.html" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/theriault-lise-1355/index.html" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lemieux-diane-4157/index.html" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/beaudoin-louise-293/index.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lebel-sonia-17847/index.html" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/payette-lise-4789/index.html" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/bacon-lise-1807/index.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/theriault-lise-1355/index.html" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/belanger-sonia-19281/biographie.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/biographie.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/hivon-veronique-27/index.html" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/courchesne-michelle-859/index.html" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/charest-solange-2521/index.html" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/index.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/boulet-julie-649/index.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/guilbault-genevieve-16885/index.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/charbonneau-francine-635/index.html" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/robillard-lucienne-5135/index.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/robillard-lucienne-5135/index.html" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/roy-suzanne-19265/biographie.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/vien-dominique-191/index.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/carrier-perreault-denise-2437/index.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/biographie.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/index.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/d-amours-sylvie-15399/index.html" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/theberge-carole-5835/index.html" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/goupil-linda-3501/index.html" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/blackburn-jeanne-l-2113/index.html" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/robic-louise-5125/index.html" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/kirkland-casgrain-claire-3799/index.html" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/frechette-christine-19269/biographie.html" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/ouellet-martine-8431/index.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/kirkland-casgrain-claire-3799/index.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/biographie.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/boulet-julie-649/index.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/mccann-danielle-17887/index.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/james-yolande-49/index.html" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/papineau-lucie-4733/index.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/robillard-lucienne-5135/index.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/anglade-dominique-16499/index.html" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/maltais-agnes-57/index.html" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/trepanier-violette-5621/index.html" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/blanchette-vezina-maite-19275/biographie.html" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/duranceau-france-elaine-19257/index.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/weil-kathleen-33/index.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/bacon-lise-1807/biographie.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/index.html" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/normandeau-nathalie-1063/index.html" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/courchesne-michelle-859/index.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/tremblay-veronyque-16403/index.html" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/beaudoin-louise-293/index.html" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lavoie-roux-therese-4045/index.html" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/bacon-lise-1807/biographie.html" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/frechette-christine-19269/biographie.html" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/ouellette-jocelyne-4687/index.html" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lebel-sonia-17847/index.html" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/belanger-sonia-19281/biographie.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/vien-dominique-191/index.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/weil-kathleen-33/index.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/biographie.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/biographie.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/weil-kathleen-33/index.html" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/zakaib-elaine-12197/index.html" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/blais-marguerite-1263/index.html" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/jerome-forget-monique-3707/index.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/frulla-liza-3285/index.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lebel-sonia-17847/index.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/girault-nadine-17839/index.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/david-helene-15379/index.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/melancon-isabelle-16779/index.html" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/normandeau-nathalie-1063/index.html" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/maltais-agnes-57/index.html" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/biographie.html" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/biron-martine-19297/biographie.html" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/roy-nathalie-12187/index.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/beaudoin-louise-293/index.html" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/belanger-sonia-19281/biographie.html" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/biron-martine-19297/biographie.html" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lebel-sonia-17847/index.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/dionne-marsolais-rita-2915/index.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/courchesne-michelle-859/index.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/st-pierre-christine-1235/index.html" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/de-courcy-diane-12221/biographie.html" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/normandeau-nathalie-1063/biographie.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/beauchamp-line-663/index.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/blais-marguerite-1263/index.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/proulx-marie-eve-17915/index.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/anglade-dominique-16499/index.html" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/blais-marguerite-1263/index.html" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/delisle-margaret-f-2821/index.html" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/goupil-linda-3501/index.html" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/goupil-linda-3501/index.html" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/malavoy-marie-255/index.html" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/beaudoin-louise-293/index.html" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/robic-louise-5125/index.html" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/bacon-lise-1807/index.html" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/anglade-dominique-16499/index.html" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lebel-sonia-17847/index.html" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/laforest-andree-17913/index.html" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/theriault-lise-1355/index.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/charlebois-lucie-1017/index.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/biographie.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/de-courcy-diane-12221/index.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/biographie.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/boulet-julie-649/index.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/frulla-liza-3285/index.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/roy-nathalie-12187/index.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/montpetit-marie-15369/index.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/de-santis-rita-lc-12217/biographie.html" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/weil-kathleen-33/index.html" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/normandeau-nathalie-1063/index.html" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/beauchamp-line-663/index.html" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/papineau-lucie-4733/index.html" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/frulla-liza-3285/index.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/bacon-lise-1807/biographie.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/rouleau-chantal-17931/index.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/vallee-stephanie-223/index.html" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/robic-louise-5125/index.html" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/rouleau-chantal-17931/index.html" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/biron-martine-19297/biographie.html" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/champagne-jourdain-kateri-19303/biographie.html" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/proulx-caroline-17837/index.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/robillard-lucienne-5135/index.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/trepanier-violette-5621/index.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/weil-kathleen-33/index.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/biographie.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/dionne-marsolais-rita-2915/index.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/charbonneau-francine-635/index.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/theriault-lise-1355/index.html" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/leger-nicole-63/index.html" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/larouche-elizabeth-12243/biographie.html" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/jerome-forget-monique-3707/index.html" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/theriault-lise-1355/index.html" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lemieux-diane-4157/index.html" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/beaudoin-louise-293/index.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lebel-sonia-17847/index.html" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/dionne-marsolais-rita-2915/index.html" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/dionne-marsolais-rita-2915/index.html" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/trepanier-violette-5621/index.html" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/payette-lise-4789/index.html" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/bacon-lise-1807/index.html" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/frechette-christine-19269/biographie.html" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/belanger-sonia-19281/biographie.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/theriault-lise-1355/index.html" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/belanger-sonia-19281/biographie.html" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/proulx-caroline-17837/index.html" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/vien-dominique-191/index.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/biographie.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/biographie.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/payette-lise-4789/index.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lebel-sonia-17847/index.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/david-helene-15379/index.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/hivon-veronique-27/index.html" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/courchesne-michelle-859/index.html" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/charest-solange-2521/index.html" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/index.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/vien-dominique-191/index.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/boulet-julie-649/index.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/guilbault-genevieve-16885/index.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/charbonneau-francine-635/index.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/david-helene-15379/index.html" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/james-yolande-49/index.html" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gauthier-francoise-5781/index.html" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/bacon-lise-1807/biographie.html" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/robillard-lucienne-5135/index.html" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lecours-lucie-17949/biographie.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/robillard-lucienne-5135/index.html" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/roy-suzanne-19265/biographie.html" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/belanger-sonia-19281/biographie.html" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/dery-pascale-19277/biographie.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/charbonneau-francine-635/index.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/dionne-marsolais-rita-2915/index.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/normandeau-nathalie-1063/index.html" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/menard-nicole-113/index.html" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/theberge-carole-5835/index.html" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/caron-jocelyne-2411/index.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/theriault-lise-1355/index.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/biographie.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/laforest-andree-17913/index.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/st-pierre-christine-1235/index.html" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/maltais-agnes-57/index.html" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gauthier-francoise-5781/index.html" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/maltais-agnes-57/biographie.html" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/blackburn-jeanne-l-2113/index.html" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/index.html" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/leblanc-denise-4073/index.html" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/dery-pascale-19277/biographie.html" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/bacon-lise-1807/biographie.html" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/kirkland-casgrain-claire-3799/index.html" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lemieux-diane-4157/index.html" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/belanger-sonia-19281/biographie.html" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/proulx-caroline-17837/index.html" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/normandeau-nathalie-1063/biographie.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/biographie.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/hivon-veronique-27/index.html" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/theriault-lise-1355/index.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/biographie.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/boulet-julie-649/index.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/proulx-caroline-17837/index.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/chasse-mariechantal-17865/index.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/david-helene-15379/index.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/theriault-lise-1355/index.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/vallee-stephanie-223/index.html" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/boulet-julie-649/index.html" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/normandeau-nathalie-1063/index.html" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/leger-nicole-63/index.html" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/carrier-perreault-denise-2437/index.html" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/dionne-marsolais-rita-2915/index.html" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/frulla-liza-3285/index.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/robillard-lucienne-5135/index.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/maltais-agnes-57/index.html" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/trepanier-violette-5621/index.html" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/champagne-jourdain-kateri-19303/biographie.html" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/duranceau-france-elaine-19257/index.html" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assnat.qc.ca/fr/deputes/dionne-amelie-19273/index.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/belanger-sonia-19281/biographie.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/dionne-marsolais-rita-2915/index.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/girault-nadine-17839/index.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/charlebois-lucie-1017/index.html" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/malavoy-marie-255/index.html" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/boulet-julie-649/index.html" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/biographie.html" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/leblanc-denise-4073/index.html" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/payette-lise-4789/index.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lebel-sonia-17847/index.html" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/lemieux-diane-4157/index.html" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/proulx-caroline-17837/index.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/biographie.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/charest-isabelle-17845/index.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/charbonneau-francine-635/index.html" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/courchesne-michelle-859/index.html" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/goupil-linda-3501/index.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/montpetit-marie-15369/index.html" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/leger-nicole-63/index.html" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/frulla-liza-3285/index.html" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/charest-isabelle-17845/index.html" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/belanger-sonia-19281/biographie.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/malavoy-marie-255/index.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/mccann-danielle-17887/index.html" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/maltais-agnes-57/biographie.html" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/courchesne-michelle-859/biographie.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/charest-isabelle-17845/index.html" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/goupil-linda-3501/index.html" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/dionne-marsolais-rita-2915/index.html" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/index.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DD38BBD9-4F14-4A54-85F5-21DF9025B12D}">
-  <dimension ref="A1:H249"/>
+  <dimension ref="A1:H265"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A11" zoomScale="96" zoomScaleNormal="96" workbookViewId="0">
-      <selection activeCell="A23" sqref="A23"/>
+    <sheetView tabSelected="1" topLeftCell="A18" zoomScale="96" zoomScaleNormal="96" workbookViewId="0">
+      <selection activeCell="A30" sqref="A30:XFD30"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="29.81640625" style="65" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="6" max="6" width="13.54296875" style="65" customWidth="1"/>
+    <col min="1" max="1" width="29.85546875" style="65" customWidth="1"/>
+    <col min="2" max="2" width="26.140625" style="65" customWidth="1"/>
+    <col min="3" max="3" width="31.7109375" style="65" customWidth="1"/>
+    <col min="4" max="5" width="17.85546875" style="65" customWidth="1"/>
+    <col min="6" max="6" width="13.5703125" style="65" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="45.65" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="1" spans="1:8" ht="45.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="68" t="s">
         <v>185</v>
       </c>
       <c r="B1" s="68"/>
       <c r="C1" s="68"/>
       <c r="D1" s="68"/>
       <c r="E1" s="68"/>
       <c r="F1" s="68"/>
     </row>
-    <row r="2" spans="1:8" ht="28.5" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="2" spans="1:8" ht="29.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="31" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="32" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="31" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="32" t="s">
         <v>3</v>
       </c>
       <c r="E2" s="32" t="s">
         <v>183</v>
       </c>
       <c r="F2" s="32" t="s">
         <v>184</v>
       </c>
       <c r="G2" s="1"/>
     </row>
-    <row r="3" spans="1:8" ht="33" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:8" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="34" t="s">
         <v>4</v>
       </c>
       <c r="B3" s="29" t="s">
         <v>5</v>
       </c>
       <c r="C3" s="29" t="s">
         <v>6</v>
       </c>
       <c r="D3" s="29" t="s">
         <v>7</v>
       </c>
       <c r="E3" s="52">
         <v>42397</v>
       </c>
       <c r="F3" s="30">
         <v>43391</v>
       </c>
       <c r="G3" s="53"/>
       <c r="H3" s="1"/>
     </row>
-    <row r="4" spans="1:8" ht="28" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:8" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A4" s="34" t="s">
         <v>4</v>
       </c>
       <c r="B4" s="29" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="29" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="29" t="s">
         <v>7</v>
       </c>
       <c r="E4" s="66">
         <v>42397</v>
       </c>
       <c r="F4" s="13">
         <v>43391</v>
       </c>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
     </row>
-    <row r="5" spans="1:8" ht="28" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:8" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A5" s="35" t="s">
         <v>4</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>181</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>182</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E5" s="18">
         <v>43068</v>
       </c>
       <c r="F5" s="13">
         <v>43077</v>
       </c>
       <c r="H5" s="1"/>
     </row>
-    <row r="6" spans="1:8" ht="28" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:8" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A6" s="35" t="s">
         <v>10</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="9" t="s">
         <v>13</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E6" s="13">
         <v>26981</v>
       </c>
       <c r="F6" s="13">
         <v>27605</v>
       </c>
       <c r="G6" s="1"/>
       <c r="H6" s="1"/>
     </row>
-    <row r="7" spans="1:8" ht="28" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:8" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A7" s="35" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E7" s="67">
         <v>27605</v>
       </c>
       <c r="F7" s="13">
         <v>28090</v>
       </c>
       <c r="G7" s="1"/>
     </row>
-    <row r="8" spans="1:8" ht="28" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:8" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A8" s="35" t="s">
         <v>10</v>
       </c>
       <c r="B8" s="22" t="s">
         <v>5</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>17</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E8" s="14">
         <v>27779</v>
       </c>
       <c r="F8" s="13">
         <v>28089</v>
       </c>
       <c r="G8" s="1"/>
     </row>
-    <row r="9" spans="1:8" ht="28" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:8" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A9" s="40" t="s">
         <v>10</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>5</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E9" s="14">
         <v>31393</v>
       </c>
       <c r="F9" s="13">
         <v>32792</v>
       </c>
     </row>
-    <row r="10" spans="1:8" ht="28" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:8" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A10" s="40" t="s">
         <v>10</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>5</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E10" s="20">
         <v>32498</v>
       </c>
       <c r="F10" s="13">
         <v>32792</v>
       </c>
       <c r="G10" s="1"/>
     </row>
-    <row r="11" spans="1:8" ht="28" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:8" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A11" s="40" t="s">
         <v>10</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E11" s="20">
         <v>32792</v>
       </c>
       <c r="F11" s="13">
         <v>34345</v>
       </c>
       <c r="G11" s="1"/>
     </row>
-    <row r="12" spans="1:8" ht="28" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:8" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A12" s="40" t="s">
         <v>18</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>8</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E12" s="14">
         <v>31393</v>
       </c>
       <c r="F12" s="13">
         <v>32233</v>
       </c>
     </row>
-    <row r="13" spans="1:8" ht="28" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:8" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A13" s="36" t="s">
         <v>20</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>8</v>
       </c>
       <c r="C13" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E13" s="15">
         <v>37740</v>
       </c>
       <c r="F13" s="14">
         <v>39190</v>
       </c>
       <c r="G13" s="1"/>
     </row>
-    <row r="14" spans="1:8" ht="28" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:8" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A14" s="36" t="s">
         <v>20</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>5</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E14" s="15">
         <v>37740</v>
       </c>
       <c r="F14" s="13">
         <v>39190</v>
       </c>
       <c r="G14" s="1"/>
     </row>
-    <row r="15" spans="1:8" ht="28" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:8" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A15" s="36" t="s">
         <v>20</v>
       </c>
       <c r="B15" s="19" t="s">
         <v>5</v>
       </c>
       <c r="C15" s="8" t="s">
         <v>22</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E15" s="24">
         <v>39190</v>
       </c>
       <c r="F15" s="25">
         <v>40400</v>
       </c>
       <c r="G15" s="1"/>
     </row>
-    <row r="16" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A16" s="39" t="s">
         <v>23</v>
       </c>
       <c r="B16" s="22" t="s">
         <v>5</v>
       </c>
       <c r="C16" s="9" t="s">
         <v>28</v>
       </c>
       <c r="D16" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E16" s="14">
         <v>31336</v>
       </c>
       <c r="F16" s="13">
         <v>31393</v>
       </c>
     </row>
-    <row r="17" spans="1:7" ht="28" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A17" s="35" t="s">
         <v>23</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>26</v>
       </c>
       <c r="E17" s="14">
         <v>34603</v>
       </c>
       <c r="F17" s="13">
         <v>35093</v>
       </c>
       <c r="G17" s="1"/>
     </row>
-    <row r="18" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A18" s="35" t="s">
         <v>23</v>
       </c>
       <c r="B18" s="22" t="s">
         <v>8</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E18" s="16">
         <v>34914</v>
       </c>
       <c r="F18" s="13">
         <v>36144</v>
       </c>
       <c r="G18" s="1"/>
     </row>
-    <row r="19" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A19" s="35" t="s">
         <v>23</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>21</v>
       </c>
       <c r="D19" s="2" t="s">
         <v>26</v>
       </c>
       <c r="E19" s="14">
         <v>34914</v>
       </c>
       <c r="F19" s="13">
         <v>36144</v>
       </c>
       <c r="G19" s="1"/>
     </row>
-    <row r="20" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A20" s="39" t="s">
         <v>23</v>
       </c>
       <c r="B20" s="6" t="s">
         <v>5</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>26</v>
       </c>
       <c r="E20" s="14">
         <v>36144</v>
       </c>
       <c r="F20" s="13">
         <v>36958</v>
       </c>
     </row>
-    <row r="21" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A21" s="39" t="s">
         <v>23</v>
       </c>
       <c r="B21" s="9" t="s">
         <v>8</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>26</v>
       </c>
       <c r="E21" s="14">
         <v>36958</v>
       </c>
       <c r="F21" s="13">
         <v>37740</v>
       </c>
       <c r="G21" s="1"/>
     </row>
-    <row r="22" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A22" s="39" t="s">
         <v>23</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>26</v>
       </c>
       <c r="E22" s="14">
         <v>36958</v>
       </c>
       <c r="F22" s="13">
         <v>37740</v>
       </c>
       <c r="G22" s="1"/>
     </row>
-    <row r="23" spans="1:7" ht="28" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A23" s="39" t="s">
         <v>192</v>
       </c>
       <c r="B23" s="22" t="s">
         <v>24</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>208</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>34</v>
       </c>
       <c r="E23" s="14">
         <v>44854</v>
       </c>
       <c r="F23" s="13">
         <v>45056</v>
       </c>
       <c r="G23" s="1"/>
     </row>
-    <row r="24" spans="1:7" ht="28" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A24" s="39" t="s">
         <v>192</v>
       </c>
       <c r="B24" s="22" t="s">
         <v>24</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>217</v>
       </c>
       <c r="D24" s="2" t="s">
         <v>34</v>
       </c>
       <c r="E24" s="14">
         <v>45056</v>
       </c>
-      <c r="F24" s="13" t="s">
-        <v>35</v>
+      <c r="F24" s="13">
+        <v>45910</v>
       </c>
       <c r="G24" s="1"/>
     </row>
-    <row r="25" spans="1:7" ht="28" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A25" s="39" t="s">
         <v>192</v>
       </c>
       <c r="B25" s="22" t="s">
         <v>8</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>47</v>
       </c>
       <c r="D25" s="2" t="s">
         <v>34</v>
       </c>
       <c r="E25" s="14">
         <v>45056</v>
       </c>
-      <c r="F25" s="13" t="s">
-        <v>35</v>
+      <c r="F25" s="13">
+        <v>45910</v>
       </c>
       <c r="G25" s="1"/>
     </row>
-    <row r="26" spans="1:7" ht="28" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A26" s="39" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B26" s="22" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>96</v>
+        <v>195</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>34</v>
       </c>
       <c r="E26" s="14">
-        <v>44854</v>
-[...5 lines deleted...]
-    <row r="27" spans="1:7" ht="28" x14ac:dyDescent="0.35">
+        <v>45910</v>
+      </c>
+      <c r="F26" s="13">
+        <v>45960</v>
+      </c>
+      <c r="G26" s="1"/>
+    </row>
+    <row r="27" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A27" s="39" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B27" s="22" t="s">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>30</v>
+        <v>217</v>
       </c>
       <c r="D27" s="2" t="s">
         <v>34</v>
       </c>
       <c r="E27" s="14">
+        <v>45960</v>
+      </c>
+      <c r="F27" s="13">
+        <v>46010</v>
+      </c>
+      <c r="G27" s="1"/>
+    </row>
+    <row r="28" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A28" s="39" t="s">
+        <v>192</v>
+      </c>
+      <c r="B28" s="22" t="s">
+        <v>8</v>
+      </c>
+      <c r="C28" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D28" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E28" s="14">
+        <v>45960</v>
+      </c>
+      <c r="F28" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="G28" s="1"/>
+    </row>
+    <row r="29" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A29" s="39" t="s">
+        <v>192</v>
+      </c>
+      <c r="B29" s="22" t="s">
+        <v>8</v>
+      </c>
+      <c r="C29" s="2" t="s">
+        <v>204</v>
+      </c>
+      <c r="D29" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E29" s="14">
+        <v>45960</v>
+      </c>
+      <c r="F29" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="G29" s="1"/>
+    </row>
+    <row r="30" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A30" s="39" t="s">
+        <v>192</v>
+      </c>
+      <c r="B30" s="22" t="s">
+        <v>5</v>
+      </c>
+      <c r="C30" s="2" t="s">
+        <v>217</v>
+      </c>
+      <c r="D30" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E30" s="14">
+        <v>46010</v>
+      </c>
+      <c r="F30" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="G30" s="1"/>
+    </row>
+    <row r="31" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A31" s="39" t="s">
+        <v>190</v>
+      </c>
+      <c r="B31" s="22" t="s">
+        <v>5</v>
+      </c>
+      <c r="C31" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="D31" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E31" s="14">
         <v>44854</v>
       </c>
-      <c r="F27" s="13" t="s">
-[...8 lines deleted...]
-      <c r="B28" s="9" t="s">
+      <c r="F31" s="13">
+        <v>45910</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A32" s="39" t="s">
+        <v>190</v>
+      </c>
+      <c r="B32" s="22" t="s">
         <v>8</v>
       </c>
-      <c r="C28" s="9" t="s">
+      <c r="C32" s="2" t="s">
         <v>30</v>
-      </c>
-[...81 lines deleted...]
-        <v>33</v>
       </c>
       <c r="D32" s="2" t="s">
         <v>34</v>
       </c>
       <c r="E32" s="14">
-        <v>43391</v>
+        <v>44854</v>
       </c>
       <c r="F32" s="13">
-        <v>44854</v>
+        <v>45910</v>
       </c>
       <c r="G32" s="1"/>
     </row>
-    <row r="33" spans="1:7" ht="28" x14ac:dyDescent="0.35">
+    <row r="33" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A33" s="39" t="s">
-        <v>196</v>
+        <v>190</v>
       </c>
       <c r="B33" s="22" t="s">
         <v>5</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>197</v>
+        <v>70</v>
       </c>
       <c r="D33" s="2" t="s">
         <v>34</v>
       </c>
       <c r="E33" s="14">
-        <v>44854</v>
+        <v>45910</v>
       </c>
       <c r="F33" s="13" t="s">
         <v>35</v>
       </c>
       <c r="G33" s="1"/>
     </row>
-    <row r="34" spans="1:7" ht="28" x14ac:dyDescent="0.35">
-      <c r="A34" s="36" t="s">
+    <row r="34" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A34" s="40" t="s">
+        <v>29</v>
+      </c>
+      <c r="B34" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="C34" s="9" t="s">
+        <v>30</v>
+      </c>
+      <c r="D34" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="E34" s="14">
+        <v>34603</v>
+      </c>
+      <c r="F34" s="13">
+        <v>35093</v>
+      </c>
+      <c r="G34" s="1"/>
+    </row>
+    <row r="35" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A35" s="35" t="s">
+        <v>29</v>
+      </c>
+      <c r="B35" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="C35" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="D35" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E35" s="14">
+        <v>34603</v>
+      </c>
+      <c r="F35" s="13">
+        <v>35093</v>
+      </c>
+      <c r="G35" s="1"/>
+    </row>
+    <row r="36" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A36" s="36" t="s">
+        <v>32</v>
+      </c>
+      <c r="B36" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="C36" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="D36" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E36" s="15">
+        <v>39190</v>
+      </c>
+      <c r="F36" s="16">
+        <v>39800</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A37" s="36" t="s">
+        <v>32</v>
+      </c>
+      <c r="B37" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C37" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="D37" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E37" s="15">
+        <v>39800</v>
+      </c>
+      <c r="F37" s="16">
+        <v>41171</v>
+      </c>
+      <c r="G37" s="1"/>
+    </row>
+    <row r="38" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A38" s="36" t="s">
+        <v>32</v>
+      </c>
+      <c r="B38" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C38" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D38" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E38" s="14">
+        <v>43391</v>
+      </c>
+      <c r="F38" s="13">
+        <v>44854</v>
+      </c>
+      <c r="G38" s="1"/>
+    </row>
+    <row r="39" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A39" s="39" t="s">
+        <v>196</v>
+      </c>
+      <c r="B39" s="22" t="s">
+        <v>5</v>
+      </c>
+      <c r="C39" s="2" t="s">
+        <v>197</v>
+      </c>
+      <c r="D39" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E39" s="14">
+        <v>44854</v>
+      </c>
+      <c r="F39" s="13">
+        <v>45910</v>
+      </c>
+      <c r="G39" s="1"/>
+    </row>
+    <row r="40" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A40" s="36" t="s">
         <v>36</v>
       </c>
-      <c r="B34" s="6" t="s">
+      <c r="B40" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="C34" s="8" t="s">
+      <c r="C40" s="8" t="s">
         <v>205</v>
       </c>
-      <c r="D34" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E34" s="15">
+      <c r="D40" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E40" s="15">
         <v>37740</v>
       </c>
-      <c r="F34" s="13">
+      <c r="F40" s="13">
         <v>37755</v>
       </c>
     </row>
-    <row r="35" spans="1:7" ht="28" x14ac:dyDescent="0.35">
-      <c r="A35" s="36" t="s">
+    <row r="41" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A41" s="36" t="s">
         <v>36</v>
-      </c>
-[...123 lines deleted...]
-        <v>43</v>
       </c>
       <c r="B41" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="C41" s="2" t="s">
+      <c r="C41" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D41" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E41" s="15">
+        <v>37755</v>
+      </c>
+      <c r="F41" s="13">
+        <v>37771</v>
+      </c>
+      <c r="G41" s="1"/>
+    </row>
+    <row r="42" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A42" s="36" t="s">
+        <v>36</v>
+      </c>
+      <c r="B42" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="C42" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="D42" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E42" s="15">
+        <v>37874</v>
+      </c>
+      <c r="F42" s="13">
+        <v>39190</v>
+      </c>
+      <c r="G42" s="1"/>
+    </row>
+    <row r="43" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A43" s="36" t="s">
+        <v>36</v>
+      </c>
+      <c r="B43" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="C43" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="D43" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E43" s="15">
+        <v>39190</v>
+      </c>
+      <c r="F43" s="16">
+        <v>40400</v>
+      </c>
+      <c r="G43" s="1"/>
+    </row>
+    <row r="44" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A44" s="38" t="s">
+        <v>36</v>
+      </c>
+      <c r="B44" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="C44" s="8" t="s">
+        <v>37</v>
+      </c>
+      <c r="D44" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E44" s="15">
+        <v>40401</v>
+      </c>
+      <c r="F44" s="16">
+        <v>41171</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A45" s="36" t="s">
+        <v>36</v>
+      </c>
+      <c r="B45" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="C45" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="D45" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E45" s="14">
+        <v>42397</v>
+      </c>
+      <c r="F45" s="13">
+        <v>43391</v>
+      </c>
+      <c r="G45" s="1"/>
+    </row>
+    <row r="46" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A46" s="41" t="s">
+        <v>41</v>
+      </c>
+      <c r="B46" s="22" t="s">
+        <v>42</v>
+      </c>
+      <c r="C46" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="D46" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="E46" s="20">
+        <v>36958</v>
+      </c>
+      <c r="F46" s="18">
+        <v>37740</v>
+      </c>
+      <c r="G46" s="1"/>
+    </row>
+    <row r="47" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A47" s="35" t="s">
+        <v>43</v>
+      </c>
+      <c r="B47" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="C47" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="D41" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E41" s="14">
+      <c r="D47" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E47" s="14">
         <v>35093</v>
       </c>
-      <c r="F41" s="13">
+      <c r="F47" s="13">
         <v>35851</v>
       </c>
-      <c r="G41" s="1"/>
-[...2 lines deleted...]
-      <c r="A42" s="35" t="s">
+      <c r="G47" s="1"/>
+    </row>
+    <row r="48" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A48" s="35" t="s">
         <v>43</v>
-      </c>
-[...122 lines deleted...]
-        <v>51</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="D48" s="2" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="E48" s="14">
-        <v>43391</v>
+        <v>35851</v>
       </c>
       <c r="F48" s="13">
-        <v>44854</v>
-[...3 lines deleted...]
-    <row r="49" spans="1:7" ht="28" x14ac:dyDescent="0.35">
+        <v>36144</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A49" s="39" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>220</v>
+      </c>
+      <c r="B49" s="22" t="s">
+        <v>5</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>30</v>
+        <v>106</v>
       </c>
       <c r="D49" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="E49" s="13">
-        <v>43501</v>
+      <c r="E49" s="14">
+        <v>44854</v>
       </c>
       <c r="F49" s="13">
-        <v>44854</v>
+        <v>45910</v>
       </c>
       <c r="G49" s="1"/>
     </row>
-    <row r="50" spans="1:7" ht="28" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-        <v>8</v>
+    <row r="50" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A50" s="39" t="s">
+        <v>220</v>
+      </c>
+      <c r="B50" s="22" t="s">
+        <v>5</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>191</v>
+        <v>49</v>
       </c>
       <c r="D50" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="E50" s="13">
-        <v>44854</v>
+      <c r="E50" s="14">
+        <v>45910</v>
       </c>
       <c r="F50" s="13" t="s">
         <v>35</v>
       </c>
       <c r="G50" s="1"/>
     </row>
-    <row r="51" spans="1:7" ht="28" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A51" s="35" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>42</v>
+        <v>8</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="D51" s="2" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>37286</v>
+        <v>7</v>
+      </c>
+      <c r="E51" s="13">
+        <v>41752</v>
       </c>
       <c r="F51" s="13">
-        <v>37740</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:7" ht="28" x14ac:dyDescent="0.35">
+        <v>42397</v>
+      </c>
+      <c r="G51" s="1"/>
+    </row>
+    <row r="52" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A52" s="35" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>24</v>
+        <v>5</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="D52" s="2" t="s">
         <v>7</v>
       </c>
-      <c r="E52" s="14">
+      <c r="E52" s="20">
         <v>41752</v>
       </c>
       <c r="F52" s="13">
         <v>42397</v>
       </c>
       <c r="G52" s="1"/>
     </row>
-    <row r="53" spans="1:7" ht="42" x14ac:dyDescent="0.35">
+    <row r="53" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A53" s="35" t="s">
+        <v>46</v>
+      </c>
+      <c r="B53" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C53" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="D53" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E53" s="13">
+        <v>41752</v>
+      </c>
+      <c r="F53" s="13">
+        <v>42397</v>
+      </c>
+      <c r="G53" s="1"/>
+    </row>
+    <row r="54" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A54" s="35" t="s">
+        <v>46</v>
+      </c>
+      <c r="B54" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C54" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="D54" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E54" s="13">
+        <v>42397</v>
+      </c>
+      <c r="F54" s="13">
+        <v>43391</v>
+      </c>
+    </row>
+    <row r="55" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A55" s="35" t="s">
+        <v>51</v>
+      </c>
+      <c r="B55" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="C55" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="D55" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E55" s="14">
+        <v>43391</v>
+      </c>
+      <c r="F55" s="13">
+        <v>44854</v>
+      </c>
+      <c r="G55" s="1"/>
+    </row>
+    <row r="56" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A56" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="B56" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="C56" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="D56" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E56" s="13">
+        <v>43501</v>
+      </c>
+      <c r="F56" s="13">
+        <v>44854</v>
+      </c>
+      <c r="G56" s="1"/>
+    </row>
+    <row r="57" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A57" s="35" t="s">
+        <v>51</v>
+      </c>
+      <c r="B57" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C57" s="2" t="s">
+        <v>191</v>
+      </c>
+      <c r="D57" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E57" s="13">
+        <v>44854</v>
+      </c>
+      <c r="F57" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="G57" s="1"/>
+    </row>
+    <row r="58" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A58" s="35" t="s">
+        <v>53</v>
+      </c>
+      <c r="B58" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="C58" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="D58" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E58" s="14">
+        <v>37286</v>
+      </c>
+      <c r="F58" s="13">
+        <v>37740</v>
+      </c>
+    </row>
+    <row r="59" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A59" s="35" t="s">
         <v>55</v>
       </c>
-      <c r="B53" s="2" t="s">
+      <c r="B59" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="C53" s="2" t="s">
+      <c r="C59" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="D59" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E59" s="14">
+        <v>41752</v>
+      </c>
+      <c r="F59" s="13">
+        <v>42397</v>
+      </c>
+      <c r="G59" s="1"/>
+    </row>
+    <row r="60" spans="1:7" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="A60" s="35" t="s">
+        <v>55</v>
+      </c>
+      <c r="B60" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="C60" s="2" t="s">
         <v>57</v>
       </c>
-      <c r="D53" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E53" s="14">
+      <c r="D60" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E60" s="14">
         <v>42397</v>
       </c>
-      <c r="F53" s="13">
+      <c r="F60" s="13">
         <v>43391</v>
       </c>
-      <c r="G53" s="1"/>
-[...2 lines deleted...]
-      <c r="A54" s="35" t="s">
+      <c r="G60" s="1"/>
+    </row>
+    <row r="61" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A61" s="35" t="s">
         <v>58</v>
       </c>
-      <c r="B54" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C54" s="2" t="s">
+      <c r="B61" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="C61" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="D54" s="2" t="s">
+      <c r="D61" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="E54" s="20">
+      <c r="E61" s="20">
         <v>43391</v>
       </c>
-      <c r="F54" s="13">
+      <c r="F61" s="13">
         <v>43473</v>
       </c>
-      <c r="G54" s="1"/>
-[...2 lines deleted...]
-      <c r="A55" s="57" t="s">
+      <c r="G61" s="1"/>
+    </row>
+    <row r="62" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A62" s="57" t="s">
         <v>60</v>
       </c>
-      <c r="B55" s="6" t="s">
+      <c r="B62" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="C55" s="2" t="s">
+      <c r="C62" s="2" t="s">
         <v>61</v>
       </c>
-      <c r="D55" s="2" t="s">
+      <c r="D62" s="2" t="s">
         <v>62</v>
       </c>
-      <c r="E55" s="14">
+      <c r="E62" s="14">
         <v>31336</v>
       </c>
-      <c r="F55" s="13">
+      <c r="F62" s="13">
         <v>31393</v>
       </c>
     </row>
-    <row r="56" spans="1:7" ht="28" x14ac:dyDescent="0.35">
-      <c r="A56" s="36" t="s">
+    <row r="63" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A63" s="36" t="s">
         <v>63</v>
       </c>
-      <c r="B56" s="22" t="s">
+      <c r="B63" s="22" t="s">
         <v>8</v>
       </c>
-      <c r="C56" s="8" t="s">
+      <c r="C63" s="8" t="s">
         <v>30</v>
       </c>
-      <c r="D56" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E56" s="15">
+      <c r="D63" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E63" s="15">
         <v>37740</v>
       </c>
-      <c r="F56" s="14">
+      <c r="F63" s="14">
         <v>38401</v>
       </c>
-      <c r="G56" s="1"/>
-[...2 lines deleted...]
-      <c r="A57" s="43" t="s">
+      <c r="G63" s="1"/>
+    </row>
+    <row r="64" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A64" s="43" t="s">
         <v>63</v>
       </c>
-      <c r="B57" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C57" s="8" t="s">
+      <c r="B64" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="C64" s="8" t="s">
         <v>66</v>
       </c>
-      <c r="D57" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E57" s="15">
+      <c r="D64" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E64" s="15">
         <v>37740</v>
       </c>
-      <c r="F57" s="13">
+      <c r="F64" s="13">
         <v>38401</v>
       </c>
-      <c r="G57" s="1"/>
-[...2 lines deleted...]
-      <c r="A58" s="36" t="s">
+      <c r="G64" s="1"/>
+    </row>
+    <row r="65" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A65" s="36" t="s">
         <v>63</v>
       </c>
-      <c r="B58" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C58" s="8" t="s">
+      <c r="B65" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="C65" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="D58" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E58" s="24">
+      <c r="D65" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E65" s="24">
         <v>38401</v>
       </c>
-      <c r="F58" s="13">
+      <c r="F65" s="13">
         <v>39190</v>
       </c>
-      <c r="G58" s="1"/>
-[...2 lines deleted...]
-      <c r="A59" s="36" t="s">
+      <c r="G65" s="1"/>
+    </row>
+    <row r="66" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A66" s="36" t="s">
         <v>63</v>
       </c>
-      <c r="B59" s="19" t="s">
-[...2 lines deleted...]
-      <c r="C59" s="8" t="s">
+      <c r="B66" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="C66" s="8" t="s">
         <v>65</v>
       </c>
-      <c r="D59" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E59" s="24">
+      <c r="D66" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E66" s="24">
         <v>39190</v>
       </c>
-      <c r="F59" s="16">
+      <c r="F66" s="16">
         <v>40400</v>
       </c>
     </row>
-    <row r="60" spans="1:7" ht="28" x14ac:dyDescent="0.35">
-      <c r="A60" s="36" t="s">
+    <row r="67" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A67" s="36" t="s">
         <v>63</v>
       </c>
-      <c r="B60" s="19" t="s">
-[...2 lines deleted...]
-      <c r="C60" s="8" t="s">
+      <c r="B67" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="C67" s="8" t="s">
         <v>49</v>
       </c>
-      <c r="D60" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E60" s="24">
+      <c r="D67" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E67" s="24">
         <v>39190</v>
       </c>
-      <c r="F60" s="16">
+      <c r="F67" s="16">
         <v>39800</v>
       </c>
-      <c r="G60" s="1"/>
-[...2 lines deleted...]
-      <c r="A61" s="36" t="s">
+      <c r="G67" s="1"/>
+    </row>
+    <row r="68" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A68" s="36" t="s">
         <v>63</v>
       </c>
-      <c r="B61" s="3" t="s">
+      <c r="B68" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="C61" s="2" t="s">
+      <c r="C68" s="2" t="s">
         <v>64</v>
       </c>
-      <c r="D61" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E61" s="15">
+      <c r="D68" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E68" s="15">
         <v>40401</v>
       </c>
-      <c r="F61" s="16">
+      <c r="F68" s="16">
         <v>41171</v>
       </c>
-      <c r="G61" s="1"/>
-[...2 lines deleted...]
-      <c r="A62" s="35" t="s">
+      <c r="G68" s="1"/>
+    </row>
+    <row r="69" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A69" s="35" t="s">
         <v>67</v>
-      </c>
-[...143 lines deleted...]
-        <v>74</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>75</v>
+        <v>68</v>
       </c>
       <c r="D69" s="2" t="s">
-        <v>7</v>
+        <v>34</v>
       </c>
       <c r="E69" s="13">
-        <v>42397</v>
+        <v>43391</v>
       </c>
       <c r="F69" s="13">
-        <v>43019</v>
+        <v>44113</v>
       </c>
       <c r="G69" s="1"/>
     </row>
-    <row r="70" spans="1:7" ht="28" x14ac:dyDescent="0.35">
-[...7 lines deleted...]
-        <v>203</v>
+    <row r="70" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A70" s="35" t="s">
+        <v>69</v>
+      </c>
+      <c r="B70" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="C70" s="2" t="s">
+        <v>21</v>
       </c>
       <c r="D70" s="2" t="s">
         <v>7</v>
       </c>
-      <c r="E70" s="15">
-        <v>38401</v>
+      <c r="E70" s="18">
+        <v>41752</v>
       </c>
       <c r="F70" s="13">
-        <v>39190</v>
-[...14 lines deleted...]
-        <v>62</v>
+        <v>42422</v>
+      </c>
+    </row>
+    <row r="71" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A71" s="35" t="s">
+        <v>69</v>
+      </c>
+      <c r="B71" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C71" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="D71" s="2" t="s">
+        <v>7</v>
       </c>
       <c r="E71" s="14">
-        <v>31336</v>
+        <v>41752</v>
       </c>
       <c r="F71" s="13">
-        <v>31393</v>
-[...7 lines deleted...]
-        <v>5</v>
+        <v>42422</v>
+      </c>
+      <c r="G71" s="1"/>
+    </row>
+    <row r="72" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A72" s="35" t="s">
+        <v>69</v>
+      </c>
+      <c r="B72" s="2" t="s">
+        <v>8</v>
       </c>
       <c r="C72" s="2" t="s">
         <v>70</v>
       </c>
       <c r="D72" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E72" s="20">
+        <v>42422</v>
+      </c>
+      <c r="F72" s="13">
+        <v>43391</v>
+      </c>
+      <c r="G72" s="1"/>
+    </row>
+    <row r="73" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A73" s="41" t="s">
+        <v>69</v>
+      </c>
+      <c r="B73" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="C73" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="D73" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E73" s="13">
+        <v>43019</v>
+      </c>
+      <c r="F73" s="13">
+        <v>43391</v>
+      </c>
+      <c r="G73" s="1"/>
+    </row>
+    <row r="74" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A74" s="39" t="s">
+        <v>72</v>
+      </c>
+      <c r="B74" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="C74" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="D74" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E74" s="13">
+        <v>41171</v>
+      </c>
+      <c r="F74" s="13">
+        <v>41752</v>
+      </c>
+    </row>
+    <row r="75" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A75" s="39" t="s">
+        <v>72</v>
+      </c>
+      <c r="B75" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="C75" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="D75" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E75" s="13">
+        <v>41171</v>
+      </c>
+      <c r="F75" s="13">
+        <v>41752</v>
+      </c>
+      <c r="G75" s="1"/>
+    </row>
+    <row r="76" spans="1:7" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="A76" s="35" t="s">
+        <v>74</v>
+      </c>
+      <c r="B76" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C76" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="D76" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E76" s="13">
+        <v>42397</v>
+      </c>
+      <c r="F76" s="13">
+        <v>43019</v>
+      </c>
+      <c r="G76" s="1"/>
+    </row>
+    <row r="77" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A77" s="36" t="s">
+        <v>76</v>
+      </c>
+      <c r="B77" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="C77" s="8" t="s">
+        <v>203</v>
+      </c>
+      <c r="D77" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E77" s="15">
+        <v>38401</v>
+      </c>
+      <c r="F77" s="13">
+        <v>39190</v>
+      </c>
+      <c r="G77" s="1"/>
+    </row>
+    <row r="78" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A78" s="58" t="s">
+        <v>77</v>
+      </c>
+      <c r="B78" s="22" t="s">
+        <v>24</v>
+      </c>
+      <c r="C78" s="9" t="s">
+        <v>30</v>
+      </c>
+      <c r="D78" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="E78" s="14">
+        <v>31336</v>
+      </c>
+      <c r="F78" s="13">
+        <v>31393</v>
+      </c>
+    </row>
+    <row r="79" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A79" s="39" t="s">
+        <v>189</v>
+      </c>
+      <c r="B79" s="22" t="s">
+        <v>5</v>
+      </c>
+      <c r="C79" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="D79" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="E72" s="14">
+      <c r="E79" s="14">
         <v>44854</v>
       </c>
-      <c r="F72" s="13" t="s">
+      <c r="F79" s="13">
+        <v>45910</v>
+      </c>
+      <c r="G79" s="1"/>
+    </row>
+    <row r="80" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A80" s="39" t="s">
+        <v>189</v>
+      </c>
+      <c r="B80" s="22" t="s">
+        <v>5</v>
+      </c>
+      <c r="C80" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="D80" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E80" s="14">
+        <v>45910</v>
+      </c>
+      <c r="F80" s="13" t="s">
         <v>35</v>
       </c>
-      <c r="G72" s="1"/>
-[...8 lines deleted...]
-      <c r="C73" s="2" t="s">
+      <c r="G80" s="1"/>
+    </row>
+    <row r="81" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A81" s="39" t="s">
+        <v>221</v>
+      </c>
+      <c r="B81" s="22" t="s">
+        <v>5</v>
+      </c>
+      <c r="C81" s="2" t="s">
         <v>39</v>
-      </c>
-[...164 lines deleted...]
-        <v>195</v>
       </c>
       <c r="D81" s="2" t="s">
         <v>34</v>
       </c>
       <c r="E81" s="14">
-        <v>44854</v>
+        <v>45910</v>
       </c>
       <c r="F81" s="13" t="s">
         <v>35</v>
       </c>
       <c r="G81" s="1"/>
     </row>
-    <row r="82" spans="1:7" ht="28" x14ac:dyDescent="0.35">
-      <c r="A82" s="39" t="s">
+    <row r="82" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A82" s="35" t="s">
+        <v>78</v>
+      </c>
+      <c r="B82" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="C82" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="D82" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E82" s="14">
+        <v>34603</v>
+      </c>
+      <c r="F82" s="13">
+        <v>35093</v>
+      </c>
+      <c r="G82" s="1"/>
+    </row>
+    <row r="83" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A83" s="41" t="s">
+        <v>78</v>
+      </c>
+      <c r="B83" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="C83" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="D83" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="E83" s="20">
+        <v>34666</v>
+      </c>
+      <c r="F83" s="21">
+        <v>34729</v>
+      </c>
+      <c r="G83" s="1"/>
+    </row>
+    <row r="84" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A84" s="35" t="s">
+        <v>78</v>
+      </c>
+      <c r="B84" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="C84" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="D84" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E84" s="20">
+        <v>34666</v>
+      </c>
+      <c r="F84" s="13">
+        <v>34729</v>
+      </c>
+    </row>
+    <row r="85" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A85" s="35" t="s">
+        <v>78</v>
+      </c>
+      <c r="B85" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="C85" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="D85" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E85" s="14">
+        <v>35093</v>
+      </c>
+      <c r="F85" s="13">
+        <v>35667</v>
+      </c>
+      <c r="G85" s="1"/>
+    </row>
+    <row r="86" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A86" s="35" t="s">
+        <v>78</v>
+      </c>
+      <c r="B86" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="C86" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="D86" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E86" s="14">
+        <v>35667</v>
+      </c>
+      <c r="F86" s="13">
+        <v>36144</v>
+      </c>
+      <c r="G86" s="1"/>
+    </row>
+    <row r="87" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A87" s="35" t="s">
+        <v>78</v>
+      </c>
+      <c r="B87" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="C87" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="D87" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E87" s="14">
+        <v>36144</v>
+      </c>
+      <c r="F87" s="13">
+        <v>36278</v>
+      </c>
+      <c r="G87" s="1"/>
+    </row>
+    <row r="88" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A88" s="35" t="s">
+        <v>78</v>
+      </c>
+      <c r="B88" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="C88" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="D88" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E88" s="14">
+        <v>37208</v>
+      </c>
+      <c r="F88" s="14">
+        <v>37286</v>
+      </c>
+    </row>
+    <row r="89" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A89" s="35" t="s">
+        <v>78</v>
+      </c>
+      <c r="B89" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="C89" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="D89" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E89" s="20">
+        <v>37286</v>
+      </c>
+      <c r="F89" s="13">
+        <v>37740</v>
+      </c>
+      <c r="G89" s="1"/>
+    </row>
+    <row r="90" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A90" s="39" t="s">
+        <v>194</v>
+      </c>
+      <c r="B90" s="22" t="s">
+        <v>8</v>
+      </c>
+      <c r="C90" s="2" t="s">
+        <v>195</v>
+      </c>
+      <c r="D90" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E90" s="14">
+        <v>44854</v>
+      </c>
+      <c r="F90" s="13">
+        <v>45910</v>
+      </c>
+      <c r="G90" s="1"/>
+    </row>
+    <row r="91" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A91" s="39" t="s">
+        <v>194</v>
+      </c>
+      <c r="B91" s="22" t="s">
+        <v>8</v>
+      </c>
+      <c r="C91" s="2" t="s">
+        <v>222</v>
+      </c>
+      <c r="D91" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E91" s="14">
+        <v>45910</v>
+      </c>
+      <c r="F91" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="G91" s="1"/>
+    </row>
+    <row r="92" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A92" s="39" t="s">
         <v>188</v>
       </c>
-      <c r="B82" s="22" t="s">
-[...2 lines deleted...]
-      <c r="C82" s="2" t="s">
+      <c r="B92" s="22" t="s">
+        <v>5</v>
+      </c>
+      <c r="C92" s="2" t="s">
         <v>95</v>
       </c>
-      <c r="D82" s="2" t="s">
+      <c r="D92" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="E82" s="14">
+      <c r="E92" s="14">
         <v>44854</v>
       </c>
-      <c r="F82" s="13">
+      <c r="F92" s="13">
         <v>45540</v>
       </c>
-      <c r="G82" s="1"/>
-[...2 lines deleted...]
-      <c r="A83" s="39" t="s">
+      <c r="G92" s="1"/>
+    </row>
+    <row r="93" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A93" s="39" t="s">
         <v>188</v>
       </c>
-      <c r="B83" s="22" t="s">
-[...2 lines deleted...]
-      <c r="C83" s="2" t="s">
+      <c r="B93" s="22" t="s">
+        <v>5</v>
+      </c>
+      <c r="C93" s="2" t="s">
         <v>218</v>
       </c>
-      <c r="D83" s="2" t="s">
+      <c r="D93" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="E83" s="14">
+      <c r="E93" s="14">
         <v>45540</v>
       </c>
-      <c r="F83" s="13" t="s">
+      <c r="F93" s="13" t="s">
         <v>35</v>
       </c>
-      <c r="G83" s="1"/>
-[...2 lines deleted...]
-      <c r="A84" s="39" t="s">
+      <c r="G93" s="1"/>
+    </row>
+    <row r="94" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A94" s="39" t="s">
         <v>188</v>
       </c>
-      <c r="B84" s="22" t="s">
+      <c r="B94" s="22" t="s">
         <v>8</v>
       </c>
-      <c r="C84" s="2" t="s">
+      <c r="C94" s="2" t="s">
         <v>155</v>
       </c>
-      <c r="D84" s="2" t="s">
+      <c r="D94" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="E84" s="14">
+      <c r="E94" s="14">
         <v>45540</v>
       </c>
-      <c r="F84" s="13" t="s">
-[...5 lines deleted...]
-      <c r="A85" s="35" t="s">
+      <c r="F94" s="13">
+        <v>45910</v>
+      </c>
+      <c r="G94" s="1"/>
+    </row>
+    <row r="95" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A95" s="35" t="s">
         <v>83</v>
       </c>
-      <c r="B85" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C85" s="2" t="s">
+      <c r="B95" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="C95" s="2" t="s">
         <v>84</v>
       </c>
-      <c r="D85" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E85" s="14">
+      <c r="D95" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E95" s="14">
         <v>32792</v>
       </c>
-      <c r="F85" s="14">
+      <c r="F95" s="14">
         <v>33151</v>
       </c>
     </row>
-    <row r="86" spans="1:7" ht="28" x14ac:dyDescent="0.35">
-      <c r="A86" s="35" t="s">
+    <row r="96" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A96" s="35" t="s">
         <v>83</v>
       </c>
-      <c r="B86" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C86" s="2" t="s">
+      <c r="B96" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="C96" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="D86" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E86" s="14">
+      <c r="D96" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E96" s="14">
         <v>33151</v>
       </c>
-      <c r="F86" s="13">
+      <c r="F96" s="13">
         <v>33970</v>
       </c>
-      <c r="G86" s="1"/>
-[...2 lines deleted...]
-      <c r="A87" s="35" t="s">
+      <c r="G96" s="1"/>
+    </row>
+    <row r="97" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A97" s="35" t="s">
         <v>83</v>
       </c>
-      <c r="B87" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C87" s="2" t="s">
+      <c r="B97" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="C97" s="2" t="s">
         <v>85</v>
       </c>
-      <c r="D87" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E87" s="20">
+      <c r="D97" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E97" s="20">
         <v>33970</v>
       </c>
-      <c r="F87" s="13">
+      <c r="F97" s="13">
         <v>34345</v>
       </c>
-      <c r="G87" s="1"/>
-[...2 lines deleted...]
-      <c r="A88" s="35" t="s">
+      <c r="G97" s="1"/>
+    </row>
+    <row r="98" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A98" s="35" t="s">
         <v>83</v>
       </c>
-      <c r="B88" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C88" s="2" t="s">
+      <c r="B98" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="C98" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="D88" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E88" s="20">
+      <c r="D98" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E98" s="20">
         <v>34345</v>
       </c>
-      <c r="F88" s="13">
+      <c r="F98" s="13">
         <v>34603</v>
       </c>
-      <c r="G88" s="1"/>
-[...2 lines deleted...]
-      <c r="A89" s="35" t="s">
+      <c r="G98" s="1"/>
+    </row>
+    <row r="99" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A99" s="35" t="s">
         <v>83</v>
       </c>
-      <c r="B89" s="6" t="s">
+      <c r="B99" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="C89" s="2" t="s">
+      <c r="C99" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="D89" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E89" s="14">
+      <c r="D99" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E99" s="14">
         <v>34345</v>
       </c>
-      <c r="F89" s="13">
+      <c r="F99" s="13">
         <v>34603</v>
       </c>
     </row>
-    <row r="90" spans="1:7" ht="28" x14ac:dyDescent="0.35">
-      <c r="A90" s="36" t="s">
+    <row r="100" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A100" s="36" t="s">
         <v>86</v>
       </c>
-      <c r="B90" s="6" t="s">
+      <c r="B100" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="C90" s="7" t="s">
+      <c r="C100" s="7" t="s">
         <v>89</v>
       </c>
-      <c r="D90" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E90" s="14">
+      <c r="D100" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E100" s="14">
         <v>31393</v>
       </c>
-      <c r="F90" s="13">
+      <c r="F100" s="13">
         <v>32792</v>
       </c>
-      <c r="G90" s="1"/>
-[...2 lines deleted...]
-      <c r="A91" s="35" t="s">
+      <c r="G100" s="1"/>
+    </row>
+    <row r="101" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A101" s="35" t="s">
         <v>86</v>
       </c>
-      <c r="B91" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C91" s="2" t="s">
+      <c r="B101" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="C101" s="2" t="s">
         <v>88</v>
       </c>
-      <c r="D91" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E91" s="14">
+      <c r="D101" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E101" s="14">
         <v>32570</v>
       </c>
-      <c r="F91" s="13">
+      <c r="F101" s="13">
         <v>34345</v>
       </c>
-      <c r="G91" s="1"/>
-[...2 lines deleted...]
-      <c r="A92" s="36" t="s">
+      <c r="G101" s="1"/>
+    </row>
+    <row r="102" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A102" s="36" t="s">
         <v>86</v>
       </c>
-      <c r="B92" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C92" s="2" t="s">
+      <c r="B102" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="C102" s="2" t="s">
         <v>90</v>
       </c>
-      <c r="D92" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E92" s="20">
+      <c r="D102" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E102" s="20">
         <v>34260</v>
       </c>
-      <c r="F92" s="18">
+      <c r="F102" s="18">
         <v>34345</v>
       </c>
-      <c r="G92" s="1"/>
-[...2 lines deleted...]
-      <c r="A93" s="35" t="s">
+      <c r="G102" s="1"/>
+    </row>
+    <row r="103" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A103" s="35" t="s">
         <v>86</v>
       </c>
-      <c r="B93" s="6" t="s">
+      <c r="B103" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="C93" s="44" t="s">
+      <c r="C103" s="44" t="s">
         <v>87</v>
       </c>
-      <c r="D93" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E93" s="14">
+      <c r="D103" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E103" s="14">
         <v>34345</v>
       </c>
-      <c r="F93" s="13">
+      <c r="F103" s="13">
         <v>34603</v>
       </c>
     </row>
-    <row r="94" spans="1:7" ht="28" x14ac:dyDescent="0.35">
-      <c r="A94" s="38" t="s">
+    <row r="104" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A104" s="38" t="s">
         <v>86</v>
       </c>
-      <c r="B94" s="27" t="s">
+      <c r="B104" s="27" t="s">
         <v>91</v>
       </c>
-      <c r="C94" s="12" t="s">
+      <c r="C104" s="12" t="s">
         <v>27</v>
       </c>
-      <c r="D94" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E94" s="24">
+      <c r="D104" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E104" s="24">
         <v>37740</v>
       </c>
-      <c r="F94" s="25">
+      <c r="F104" s="25">
         <v>39800</v>
       </c>
-      <c r="G94" s="1"/>
-[...2 lines deleted...]
-      <c r="A95" s="38" t="s">
+      <c r="G104" s="1"/>
+    </row>
+    <row r="105" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A105" s="38" t="s">
         <v>86</v>
       </c>
-      <c r="B95" s="22" t="s">
-[...2 lines deleted...]
-      <c r="C95" s="12" t="s">
+      <c r="B105" s="22" t="s">
+        <v>5</v>
+      </c>
+      <c r="C105" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="D95" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E95" s="24">
+      <c r="D105" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E105" s="24">
         <v>37740</v>
       </c>
-      <c r="F95" s="18">
+      <c r="F105" s="18">
         <v>39800</v>
       </c>
-      <c r="G95" s="1"/>
-[...2 lines deleted...]
-      <c r="A96" s="36" t="s">
+      <c r="G105" s="1"/>
+    </row>
+    <row r="106" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A106" s="36" t="s">
         <v>86</v>
       </c>
-      <c r="B96" s="3" t="s">
+      <c r="B106" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="C96" s="2" t="s">
+      <c r="C106" s="2" t="s">
         <v>64</v>
       </c>
-      <c r="D96" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E96" s="15">
+      <c r="D106" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E106" s="15">
         <v>39800</v>
       </c>
-      <c r="F96" s="16">
+      <c r="F106" s="16">
         <v>40400</v>
       </c>
-      <c r="G96" s="1"/>
-[...2 lines deleted...]
-      <c r="A97" s="38" t="s">
+      <c r="G106" s="1"/>
+    </row>
+    <row r="107" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A107" s="38" t="s">
         <v>86</v>
       </c>
-      <c r="B97" s="10" t="s">
+      <c r="B107" s="10" t="s">
         <v>8</v>
       </c>
-      <c r="C97" s="12" t="s">
+      <c r="C107" s="12" t="s">
         <v>27</v>
       </c>
-      <c r="D97" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E97" s="24">
+      <c r="D107" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E107" s="24">
         <v>40401</v>
       </c>
-      <c r="F97" s="25">
+      <c r="F107" s="25">
         <v>41171</v>
       </c>
     </row>
-    <row r="98" spans="1:7" ht="28" x14ac:dyDescent="0.35">
-      <c r="A98" s="36" t="s">
+    <row r="108" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A108" s="36" t="s">
         <v>86</v>
       </c>
-      <c r="B98" s="19" t="s">
-[...2 lines deleted...]
-      <c r="C98" s="8" t="s">
+      <c r="B108" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="C108" s="8" t="s">
         <v>28</v>
       </c>
-      <c r="D98" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E98" s="15">
+      <c r="D108" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E108" s="15">
         <v>40401</v>
       </c>
-      <c r="F98" s="16">
+      <c r="F108" s="16">
         <v>41171</v>
       </c>
-      <c r="G98" s="1"/>
-[...2 lines deleted...]
-      <c r="A99" s="36" t="s">
+      <c r="G108" s="1"/>
+    </row>
+    <row r="109" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A109" s="36" t="s">
         <v>92</v>
       </c>
-      <c r="B99" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C99" s="8" t="s">
+      <c r="B109" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="C109" s="8" t="s">
         <v>93</v>
       </c>
-      <c r="D99" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E99" s="15">
+      <c r="D109" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E109" s="15">
         <v>37740</v>
       </c>
-      <c r="F99" s="13">
+      <c r="F109" s="13">
         <v>38401</v>
       </c>
-      <c r="G99" s="1"/>
-[...2 lines deleted...]
-      <c r="A100" s="36" t="s">
+      <c r="G109" s="1"/>
+    </row>
+    <row r="110" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A110" s="36" t="s">
         <v>92</v>
       </c>
-      <c r="B100" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C100" s="8" t="s">
+      <c r="B110" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="C110" s="8" t="s">
         <v>39</v>
       </c>
-      <c r="D100" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E100" s="15">
+      <c r="D110" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E110" s="15">
         <v>38401</v>
       </c>
-      <c r="F100" s="13">
+      <c r="F110" s="13">
         <v>39190</v>
       </c>
-      <c r="G100" s="1"/>
-[...2 lines deleted...]
-      <c r="A101" s="35" t="s">
+      <c r="G110" s="1"/>
+    </row>
+    <row r="111" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A111" s="35" t="s">
         <v>94</v>
       </c>
-      <c r="B101" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C101" s="2" t="s">
+      <c r="B111" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="C111" s="2" t="s">
         <v>96</v>
       </c>
-      <c r="D101" s="2" t="s">
+      <c r="D111" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="E101" s="13">
+      <c r="E111" s="13">
         <v>43391</v>
       </c>
-      <c r="F101" s="13">
+      <c r="F111" s="13">
         <v>44854</v>
       </c>
     </row>
-    <row r="102" spans="1:7" ht="28" x14ac:dyDescent="0.35">
-      <c r="A102" s="39" t="s">
+    <row r="112" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A112" s="39" t="s">
         <v>94</v>
       </c>
-      <c r="B102" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C102" s="2" t="s">
+      <c r="B112" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="C112" s="2" t="s">
         <v>95</v>
       </c>
-      <c r="D102" s="2" t="s">
+      <c r="D112" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="E102" s="14">
+      <c r="E112" s="14">
         <v>44004</v>
       </c>
-      <c r="F102" s="13">
+      <c r="F112" s="13">
         <v>44854</v>
       </c>
     </row>
-    <row r="103" spans="1:7" x14ac:dyDescent="0.35">
-      <c r="A103" s="41" t="s">
+    <row r="113" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A113" s="41" t="s">
         <v>97</v>
       </c>
-      <c r="B103" s="9" t="s">
+      <c r="B113" s="9" t="s">
         <v>8</v>
       </c>
-      <c r="C103" s="2" t="s">
+      <c r="C113" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="D103" s="9" t="s">
-[...2 lines deleted...]
-      <c r="E103" s="20">
+      <c r="D113" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="E113" s="20">
         <v>36144</v>
       </c>
-      <c r="F103" s="18">
+      <c r="F113" s="18">
         <v>36958</v>
       </c>
-      <c r="G103" s="1"/>
-[...2 lines deleted...]
-      <c r="A104" s="35" t="s">
+      <c r="G113" s="1"/>
+    </row>
+    <row r="114" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A114" s="35" t="s">
         <v>97</v>
       </c>
-      <c r="B104" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C104" s="2" t="s">
+      <c r="B114" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="C114" s="2" t="s">
         <v>100</v>
       </c>
-      <c r="D104" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E104" s="14">
+      <c r="D114" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E114" s="14">
         <v>36144</v>
       </c>
-      <c r="F104" s="13">
+      <c r="F114" s="13">
         <v>36958</v>
       </c>
-      <c r="G104" s="1"/>
-[...2 lines deleted...]
-      <c r="A105" s="41" t="s">
+      <c r="G114" s="1"/>
+    </row>
+    <row r="115" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A115" s="41" t="s">
         <v>97</v>
       </c>
-      <c r="B105" s="9" t="s">
-[...206 lines deleted...]
-      <c r="B115" s="22" t="s">
+      <c r="B115" s="9" t="s">
         <v>8</v>
       </c>
       <c r="C115" s="2" t="s">
         <v>30</v>
       </c>
       <c r="D115" s="9" t="s">
         <v>26</v>
       </c>
-      <c r="E115" s="18">
+      <c r="E115" s="20">
+        <v>36958</v>
+      </c>
+      <c r="F115" s="18">
+        <v>37740</v>
+      </c>
+      <c r="G115" s="1"/>
+    </row>
+    <row r="116" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A116" s="35" t="s">
+        <v>97</v>
+      </c>
+      <c r="B116" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="C116" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="D116" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E116" s="20">
+        <v>36958</v>
+      </c>
+      <c r="F116" s="13">
+        <v>37286</v>
+      </c>
+    </row>
+    <row r="117" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A117" s="35" t="s">
+        <v>97</v>
+      </c>
+      <c r="B117" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C117" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="D117" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E117" s="14">
+        <v>37286</v>
+      </c>
+      <c r="F117" s="13">
+        <v>37740</v>
+      </c>
+      <c r="G117" s="1"/>
+    </row>
+    <row r="118" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A118" s="35" t="s">
+        <v>97</v>
+      </c>
+      <c r="B118" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C118" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="D118" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E118" s="14">
+        <v>37286</v>
+      </c>
+      <c r="F118" s="13">
+        <v>37740</v>
+      </c>
+      <c r="G118" s="1"/>
+    </row>
+    <row r="119" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A119" s="35" t="s">
+        <v>186</v>
+      </c>
+      <c r="B119" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="C119" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="D119" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E119" s="14">
+        <v>43391</v>
+      </c>
+      <c r="F119" s="14">
+        <v>44854</v>
+      </c>
+      <c r="G119" s="1"/>
+    </row>
+    <row r="120" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A120" s="35" t="s">
+        <v>186</v>
+      </c>
+      <c r="B120" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="C120" s="2" t="s">
+        <v>210</v>
+      </c>
+      <c r="D120" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E120" s="14">
+        <v>44854</v>
+      </c>
+      <c r="F120" s="13">
+        <v>45910</v>
+      </c>
+    </row>
+    <row r="121" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A121" s="35" t="s">
+        <v>186</v>
+      </c>
+      <c r="B121" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="C121" s="2" t="s">
+        <v>219</v>
+      </c>
+      <c r="D121" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E121" s="14">
+        <v>45910</v>
+      </c>
+      <c r="F121" s="13" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="122" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A122" s="35" t="s">
+        <v>103</v>
+      </c>
+      <c r="B122" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="C122" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="D122" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E122" s="14">
+        <v>30950</v>
+      </c>
+      <c r="F122" s="13">
+        <v>31013</v>
+      </c>
+      <c r="G122" s="1"/>
+    </row>
+    <row r="123" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A123" s="35" t="s">
+        <v>103</v>
+      </c>
+      <c r="B123" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C123" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="D123" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E123" s="20">
+        <v>34603</v>
+      </c>
+      <c r="F123" s="18">
         <v>35093</v>
       </c>
-      <c r="F115" s="13">
+      <c r="G123" s="1"/>
+    </row>
+    <row r="124" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A124" s="35" t="s">
+        <v>103</v>
+      </c>
+      <c r="B124" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="C124" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="D124" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E124" s="20">
+        <v>34603</v>
+      </c>
+      <c r="F124" s="13">
+        <v>35093</v>
+      </c>
+      <c r="G124" s="1"/>
+    </row>
+    <row r="125" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A125" s="35" t="s">
+        <v>103</v>
+      </c>
+      <c r="B125" s="9" t="s">
+        <v>91</v>
+      </c>
+      <c r="C125" s="9" t="s">
+        <v>73</v>
+      </c>
+      <c r="D125" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="E125" s="20">
+        <v>35006</v>
+      </c>
+      <c r="F125" s="18">
+        <v>35093</v>
+      </c>
+    </row>
+    <row r="126" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A126" s="35" t="s">
+        <v>103</v>
+      </c>
+      <c r="B126" s="22" t="s">
+        <v>8</v>
+      </c>
+      <c r="C126" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="D126" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="E126" s="18">
+        <v>35093</v>
+      </c>
+      <c r="F126" s="13">
         <v>36144</v>
       </c>
-      <c r="G115" s="1"/>
-[...2 lines deleted...]
-      <c r="A116" s="41" t="s">
+      <c r="G126" s="1"/>
+    </row>
+    <row r="127" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A127" s="41" t="s">
         <v>103</v>
       </c>
-      <c r="B116" s="9" t="s">
+      <c r="B127" s="9" t="s">
         <v>12</v>
       </c>
-      <c r="C116" s="2" t="s">
+      <c r="C127" s="2" t="s">
         <v>107</v>
       </c>
-      <c r="D116" s="9" t="s">
-[...2 lines deleted...]
-      <c r="E116" s="20">
+      <c r="D127" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="E127" s="20">
         <v>35093</v>
       </c>
-      <c r="F116" s="13">
+      <c r="F127" s="13">
         <v>35606</v>
       </c>
-      <c r="G116" s="1"/>
-[...2 lines deleted...]
-      <c r="A117" s="35" t="s">
+      <c r="G127" s="1"/>
+    </row>
+    <row r="128" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A128" s="35" t="s">
         <v>103</v>
       </c>
-      <c r="B117" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C117" s="2" t="s">
+      <c r="B128" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="C128" s="2" t="s">
         <v>108</v>
       </c>
-      <c r="D117" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E117" s="14">
+      <c r="D128" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E128" s="14">
         <v>35093</v>
       </c>
-      <c r="F117" s="13">
+      <c r="F128" s="13">
         <v>36144</v>
       </c>
-      <c r="G117" s="1"/>
-[...2 lines deleted...]
-      <c r="A118" s="41" t="s">
+      <c r="G128" s="1"/>
+    </row>
+    <row r="129" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A129" s="41" t="s">
         <v>103</v>
       </c>
-      <c r="B118" s="22" t="s">
-[...2 lines deleted...]
-      <c r="C118" s="2" t="s">
+      <c r="B129" s="22" t="s">
+        <v>5</v>
+      </c>
+      <c r="C129" s="2" t="s">
         <v>107</v>
       </c>
-      <c r="D118" s="9" t="s">
-[...2 lines deleted...]
-      <c r="E118" s="14">
+      <c r="D129" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="E129" s="14">
         <v>35606</v>
       </c>
-      <c r="F118" s="13">
+      <c r="F129" s="13">
         <v>36144</v>
       </c>
     </row>
-    <row r="119" spans="1:7" x14ac:dyDescent="0.35">
-      <c r="A119" s="35" t="s">
+    <row r="130" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A130" s="35" t="s">
         <v>103</v>
       </c>
-      <c r="B119" s="2" t="s">
+      <c r="B130" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="C119" s="2" t="s">
+      <c r="C130" s="2" t="s">
         <v>104</v>
       </c>
-      <c r="D119" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E119" s="14">
+      <c r="D130" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E130" s="14">
         <v>36144</v>
       </c>
-      <c r="F119" s="13">
+      <c r="F130" s="13">
         <v>37286</v>
       </c>
-      <c r="G119" s="1"/>
-[...2 lines deleted...]
-      <c r="A120" s="35" t="s">
+      <c r="G130" s="1"/>
+    </row>
+    <row r="131" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A131" s="35" t="s">
         <v>103</v>
       </c>
-      <c r="B120" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C120" s="2" t="s">
+      <c r="B131" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="C131" s="2" t="s">
         <v>104</v>
       </c>
-      <c r="D120" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E120" s="14">
+      <c r="D131" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E131" s="14">
         <v>36144</v>
       </c>
-      <c r="F120" s="13">
+      <c r="F131" s="13">
         <v>37286</v>
       </c>
-      <c r="G120" s="1"/>
-[...2 lines deleted...]
-      <c r="A121" s="35" t="s">
+      <c r="G131" s="1"/>
+    </row>
+    <row r="132" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A132" s="35" t="s">
         <v>103</v>
       </c>
-      <c r="B121" s="6" t="s">
+      <c r="B132" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="C121" s="2" t="s">
+      <c r="C132" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="D121" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E121" s="13">
+      <c r="D132" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E132" s="13">
         <v>36144</v>
       </c>
-      <c r="F121" s="13">
+      <c r="F132" s="13">
         <v>36958</v>
       </c>
-      <c r="G121" s="1"/>
-[...2 lines deleted...]
-      <c r="A122" s="39" t="s">
+      <c r="G132" s="1"/>
+    </row>
+    <row r="133" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A133" s="39" t="s">
         <v>109</v>
       </c>
-      <c r="B122" s="6" t="s">
+      <c r="B133" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="C122" s="2" t="s">
+      <c r="C133" s="2" t="s">
         <v>110</v>
       </c>
-      <c r="D122" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E122" s="13">
+      <c r="D133" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E133" s="13">
         <v>41171</v>
       </c>
-      <c r="F122" s="13">
+      <c r="F133" s="13">
         <v>41200</v>
       </c>
     </row>
-    <row r="123" spans="1:7" ht="28" x14ac:dyDescent="0.35">
-      <c r="A123" s="39" t="s">
+    <row r="134" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A134" s="39" t="s">
         <v>109</v>
       </c>
-      <c r="B123" s="6" t="s">
+      <c r="B134" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="C123" s="2" t="s">
+      <c r="C134" s="2" t="s">
         <v>111</v>
       </c>
-      <c r="D123" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E123" s="13">
+      <c r="D134" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E134" s="13">
         <v>41247</v>
       </c>
-      <c r="F123" s="13">
+      <c r="F134" s="13">
         <v>41752</v>
       </c>
-      <c r="G123" s="1"/>
-[...2 lines deleted...]
-      <c r="A124" s="42" t="s">
+      <c r="G134" s="1"/>
+    </row>
+    <row r="135" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A135" s="42" t="s">
         <v>112</v>
       </c>
-      <c r="B124" s="19" t="s">
-[...2 lines deleted...]
-      <c r="C124" s="33" t="s">
+      <c r="B135" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="C135" s="33" t="s">
         <v>73</v>
       </c>
-      <c r="D124" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E124" s="15">
+      <c r="D135" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E135" s="15">
         <v>39190</v>
       </c>
-      <c r="F124" s="16">
+      <c r="F135" s="16">
         <v>40400</v>
       </c>
-      <c r="G124" s="1"/>
-[...2 lines deleted...]
-      <c r="A125" s="36" t="s">
+      <c r="G135" s="1"/>
+    </row>
+    <row r="136" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A136" s="36" t="s">
         <v>112</v>
       </c>
-      <c r="B125" s="19" t="s">
-[...2 lines deleted...]
-      <c r="C125" s="8" t="s">
+      <c r="B136" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="C136" s="8" t="s">
         <v>49</v>
       </c>
-      <c r="D125" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E125" s="24">
+      <c r="D136" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E136" s="24">
         <v>40304</v>
       </c>
-      <c r="F125" s="16">
+      <c r="F136" s="16">
         <v>41171</v>
       </c>
-      <c r="G125" s="1"/>
-[...2 lines deleted...]
-      <c r="A126" s="38" t="s">
+      <c r="G136" s="1"/>
+    </row>
+    <row r="137" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A137" s="38" t="s">
         <v>113</v>
       </c>
-      <c r="B126" s="11" t="s">
+      <c r="B137" s="11" t="s">
         <v>8</v>
       </c>
-      <c r="C126" s="8" t="s">
+      <c r="C137" s="8" t="s">
         <v>64</v>
       </c>
-      <c r="D126" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E126" s="15">
+      <c r="D137" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E137" s="15">
         <v>37740</v>
       </c>
-      <c r="F126" s="16">
+      <c r="F137" s="16">
         <v>39800</v>
       </c>
-      <c r="G126" s="1"/>
-[...2 lines deleted...]
-      <c r="A127" s="36" t="s">
+      <c r="G137" s="1"/>
+    </row>
+    <row r="138" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A138" s="36" t="s">
         <v>113</v>
       </c>
-      <c r="B127" s="19" t="s">
-[...2 lines deleted...]
-      <c r="C127" s="8" t="s">
+      <c r="B138" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="C138" s="8" t="s">
         <v>90</v>
       </c>
-      <c r="D127" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E127" s="24">
+      <c r="D138" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E138" s="24">
         <v>39190</v>
       </c>
-      <c r="F127" s="16">
+      <c r="F138" s="16">
         <v>39911</v>
       </c>
     </row>
-    <row r="128" spans="1:7" ht="28" x14ac:dyDescent="0.35">
-      <c r="A128" s="39" t="s">
+    <row r="139" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A139" s="39" t="s">
         <v>113</v>
       </c>
-      <c r="B128" s="19" t="s">
-[...2 lines deleted...]
-      <c r="C128" s="8" t="s">
+      <c r="B139" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="C139" s="8" t="s">
         <v>115</v>
       </c>
-      <c r="D128" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E128" s="15">
+      <c r="D139" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E139" s="15">
         <v>39190</v>
       </c>
-      <c r="F128" s="16">
+      <c r="F139" s="16">
         <v>39800</v>
       </c>
-      <c r="G128" s="1"/>
-[...2 lines deleted...]
-      <c r="A129" s="39" t="s">
+      <c r="G139" s="1"/>
+    </row>
+    <row r="140" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A140" s="39" t="s">
         <v>113</v>
       </c>
-      <c r="B129" s="6" t="s">
+      <c r="B140" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="C129" s="47" t="s">
+      <c r="C140" s="47" t="s">
         <v>114</v>
       </c>
-      <c r="D129" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E129" s="18">
+      <c r="D140" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E140" s="18">
         <v>39800</v>
       </c>
-      <c r="F129" s="18">
+      <c r="F140" s="18">
         <v>39911</v>
       </c>
-      <c r="G129" s="1"/>
-[...2 lines deleted...]
-      <c r="A130" s="35" t="s">
+      <c r="G140" s="1"/>
+    </row>
+    <row r="141" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A141" s="35" t="s">
         <v>116</v>
       </c>
-      <c r="B130" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C130" s="2" t="s">
+      <c r="B141" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="C141" s="2" t="s">
         <v>118</v>
       </c>
-      <c r="D130" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E130" s="14">
+      <c r="D141" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E141" s="14">
         <v>23706</v>
       </c>
-      <c r="F130" s="13">
+      <c r="F141" s="13">
         <v>24274</v>
       </c>
-      <c r="G130" s="1"/>
-[...2 lines deleted...]
-      <c r="A131" s="35" t="s">
+      <c r="G141" s="1"/>
+    </row>
+    <row r="142" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A142" s="35" t="s">
         <v>116</v>
       </c>
-      <c r="B131" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C131" s="2" t="s">
+      <c r="B142" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="C142" s="2" t="s">
         <v>117</v>
       </c>
-      <c r="D131" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E131" s="14">
+      <c r="D142" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E142" s="14">
         <v>25700</v>
       </c>
-      <c r="F131" s="13">
+      <c r="F142" s="13">
         <v>26344</v>
       </c>
     </row>
-    <row r="132" spans="1:7" ht="28" x14ac:dyDescent="0.35">
-      <c r="A132" s="35" t="s">
+    <row r="143" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A143" s="35" t="s">
         <v>116</v>
       </c>
-      <c r="B132" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C132" s="2" t="s">
+      <c r="B143" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="C143" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="D132" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E132" s="14">
+      <c r="D143" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E143" s="14">
         <v>26331</v>
       </c>
-      <c r="F132" s="18">
+      <c r="F143" s="18">
         <v>26709</v>
       </c>
-      <c r="G132" s="1"/>
-[...2 lines deleted...]
-      <c r="A133" s="35" t="s">
+      <c r="G143" s="1"/>
+    </row>
+    <row r="144" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A144" s="35" t="s">
         <v>201</v>
       </c>
-      <c r="B133" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C133" s="2" t="s">
+      <c r="B144" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="C144" s="2" t="s">
         <v>119</v>
       </c>
-      <c r="D133" s="2" t="s">
+      <c r="D144" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="E133" s="14">
+      <c r="E144" s="14">
         <v>43391</v>
       </c>
-      <c r="F133" s="14">
+      <c r="F144" s="14">
         <v>44854</v>
       </c>
-      <c r="G133" s="1"/>
-[...2 lines deleted...]
-      <c r="A134" s="35" t="s">
+      <c r="G144" s="1"/>
+    </row>
+    <row r="145" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A145" s="35" t="s">
         <v>201</v>
       </c>
-      <c r="B134" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C134" s="2" t="s">
+      <c r="B145" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="C145" s="2" t="s">
         <v>219</v>
       </c>
-      <c r="D134" s="2" t="s">
+      <c r="D145" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="E134" s="14">
+      <c r="E145" s="14">
         <v>44854</v>
       </c>
-      <c r="F134" s="14" t="s">
-[...5 lines deleted...]
-      <c r="A135" s="54" t="s">
+      <c r="F145" s="14">
+        <v>45904</v>
+      </c>
+      <c r="G145" s="1"/>
+    </row>
+    <row r="146" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A146" s="54" t="s">
         <v>187</v>
-      </c>
-[...226 lines deleted...]
-        <v>207</v>
       </c>
       <c r="B146" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C146" s="2" t="s">
-        <v>206</v>
+        <v>30</v>
       </c>
       <c r="D146" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="E146" s="14">
+        <v>31063</v>
+      </c>
+      <c r="F146" s="13">
+        <v>31215</v>
+      </c>
+    </row>
+    <row r="147" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A147" s="39" t="s">
+        <v>120</v>
+      </c>
+      <c r="B147" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C147" s="45" t="s">
+        <v>68</v>
+      </c>
+      <c r="D147" s="45" t="s">
+        <v>26</v>
+      </c>
+      <c r="E147" s="17">
+        <v>41171</v>
+      </c>
+      <c r="F147" s="17">
+        <v>41752</v>
+      </c>
+      <c r="G147" s="1"/>
+    </row>
+    <row r="148" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A148" s="35" t="s">
+        <v>121</v>
+      </c>
+      <c r="B148" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="C148" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="D148" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E148" s="14">
+        <v>31393</v>
+      </c>
+      <c r="F148" s="28">
+        <v>32792</v>
+      </c>
+      <c r="G148" s="1"/>
+    </row>
+    <row r="149" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A149" s="35" t="s">
+        <v>123</v>
+      </c>
+      <c r="B149" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="C149" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="D149" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="E146" s="14">
-[...2 lines deleted...]
-      <c r="F146" s="13">
+      <c r="E149" s="13">
+        <v>43391</v>
+      </c>
+      <c r="F149" s="13">
+        <v>43501</v>
+      </c>
+      <c r="G149" s="1"/>
+    </row>
+    <row r="150" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A150" s="35" t="s">
+        <v>123</v>
+      </c>
+      <c r="B150" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="C150" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="D150" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E150" s="13">
+        <v>43391</v>
+      </c>
+      <c r="F150" s="13">
+        <v>44004</v>
+      </c>
+    </row>
+    <row r="151" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A151" s="39" t="s">
+        <v>123</v>
+      </c>
+      <c r="B151" s="22" t="s">
+        <v>8</v>
+      </c>
+      <c r="C151" s="2" t="s">
+        <v>211</v>
+      </c>
+      <c r="D151" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E151" s="14">
+        <v>43391</v>
+      </c>
+      <c r="F151" s="13">
         <v>44854</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B147" s="9" t="s">
+      <c r="G151" s="1"/>
+    </row>
+    <row r="152" spans="1:7" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="A152" s="37" t="s">
+        <v>123</v>
+      </c>
+      <c r="B152" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C152" s="2" t="s">
+        <v>215</v>
+      </c>
+      <c r="D152" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E152" s="14">
+        <v>43712</v>
+      </c>
+      <c r="F152" s="13">
+        <v>44063</v>
+      </c>
+      <c r="G152" s="1"/>
+    </row>
+    <row r="153" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A153" s="37" t="s">
+        <v>123</v>
+      </c>
+      <c r="B153" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C153" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="D153" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E153" s="14">
+        <v>44004</v>
+      </c>
+      <c r="F153" s="13">
+        <v>45910</v>
+      </c>
+      <c r="G153" s="1"/>
+    </row>
+    <row r="154" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A154" s="37" t="s">
+        <v>123</v>
+      </c>
+      <c r="B154" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C154" s="2" t="s">
+        <v>216</v>
+      </c>
+      <c r="D154" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E154" s="14">
+        <v>44063</v>
+      </c>
+      <c r="F154" s="13">
+        <v>44854</v>
+      </c>
+      <c r="G154" s="1"/>
+    </row>
+    <row r="155" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A155" s="37" t="s">
+        <v>123</v>
+      </c>
+      <c r="B155" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="C155" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="D155" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E155" s="14">
+        <v>45910</v>
+      </c>
+      <c r="F155" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="G155" s="1"/>
+    </row>
+    <row r="156" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A156" s="35" t="s">
+        <v>124</v>
+      </c>
+      <c r="B156" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="C156" s="2" t="s">
+        <v>125</v>
+      </c>
+      <c r="D156" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E156" s="14">
+        <v>29706</v>
+      </c>
+      <c r="F156" s="13">
+        <v>30773</v>
+      </c>
+      <c r="G156" s="1"/>
+    </row>
+    <row r="157" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A157" s="35" t="s">
+        <v>124</v>
+      </c>
+      <c r="B157" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="C147" s="2" t="s">
-[...206 lines deleted...]
-      </c>
       <c r="C157" s="2" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="D157" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="E157" s="20">
-        <v>36144</v>
+      <c r="E157" s="14">
+        <v>30649</v>
       </c>
       <c r="F157" s="13">
-        <v>36958</v>
-[...5 lines deleted...]
-        <v>132</v>
+        <v>31012</v>
+      </c>
+    </row>
+    <row r="158" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A158" s="39" t="s">
+        <v>207</v>
       </c>
       <c r="B158" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C158" s="2" t="s">
-        <v>133</v>
+        <v>206</v>
       </c>
       <c r="D158" s="2" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="E158" s="14">
+        <v>44251</v>
+      </c>
+      <c r="F158" s="13">
+        <v>44854</v>
+      </c>
+    </row>
+    <row r="159" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A159" s="41" t="s">
+        <v>126</v>
+      </c>
+      <c r="B159" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="C159" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="D159" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="E159" s="20">
+        <v>36061</v>
+      </c>
+      <c r="F159" s="18">
+        <v>36144</v>
+      </c>
+      <c r="G159" s="1"/>
+    </row>
+    <row r="160" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A160" s="41" t="s">
+        <v>126</v>
+      </c>
+      <c r="B160" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="C160" s="2" t="s">
+        <v>127</v>
+      </c>
+      <c r="D160" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E160" s="14">
         <v>36958</v>
       </c>
-      <c r="F158" s="13">
-[...19 lines deleted...]
-      <c r="F159" s="13">
+      <c r="F160" s="13">
         <v>37740</v>
       </c>
-      <c r="G159" s="1"/>
-[...19 lines deleted...]
-      </c>
       <c r="G160" s="1"/>
     </row>
-    <row r="161" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="161" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A161" s="39" t="s">
-        <v>132</v>
+        <v>126</v>
       </c>
       <c r="B161" s="6" t="s">
         <v>5</v>
       </c>
       <c r="C161" s="2" t="s">
-        <v>37</v>
+        <v>49</v>
       </c>
       <c r="D161" s="2" t="s">
         <v>26</v>
       </c>
       <c r="E161" s="18">
         <v>41171</v>
       </c>
       <c r="F161" s="13">
         <v>41752</v>
       </c>
       <c r="G161" s="1"/>
     </row>
-    <row r="162" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="162" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A162" s="35" t="s">
+        <v>128</v>
+      </c>
+      <c r="B162" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="C162" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="D162" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E162" s="14">
+        <v>36144</v>
+      </c>
+      <c r="F162" s="13">
+        <v>36958</v>
+      </c>
+    </row>
+    <row r="163" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A163" s="41" t="s">
+        <v>128</v>
+      </c>
+      <c r="B163" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="C163" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="D163" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E163" s="14">
+        <v>36958</v>
+      </c>
+      <c r="F163" s="13">
+        <v>37740</v>
+      </c>
+      <c r="G163" s="1"/>
+    </row>
+    <row r="164" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A164" s="41" t="s">
+        <v>128</v>
+      </c>
+      <c r="B164" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="C164" s="46" t="s">
+        <v>19</v>
+      </c>
+      <c r="D164" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E164" s="14">
+        <v>36958</v>
+      </c>
+      <c r="F164" s="13">
+        <v>37740</v>
+      </c>
+      <c r="G164" s="1"/>
+    </row>
+    <row r="165" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A165" s="41" t="s">
+        <v>128</v>
+      </c>
+      <c r="B165" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C165" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="D165" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E165" s="14">
+        <v>36958</v>
+      </c>
+      <c r="F165" s="13">
+        <v>37740</v>
+      </c>
+      <c r="G165" s="1"/>
+    </row>
+    <row r="166" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A166" s="41" t="s">
+        <v>131</v>
+      </c>
+      <c r="B166" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="C166" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="D166" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="E166" s="20">
+        <v>34603</v>
+      </c>
+      <c r="F166" s="18">
+        <v>34663</v>
+      </c>
+    </row>
+    <row r="167" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A167" s="41" t="s">
+        <v>131</v>
+      </c>
+      <c r="B167" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="C167" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="D167" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="E167" s="20">
+        <v>34603</v>
+      </c>
+      <c r="F167" s="18">
+        <v>34663</v>
+      </c>
+      <c r="G167" s="1"/>
+    </row>
+    <row r="168" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A168" s="39" t="s">
+        <v>131</v>
+      </c>
+      <c r="B168" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="C168" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="D168" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E168" s="18">
+        <v>41171</v>
+      </c>
+      <c r="F168" s="13">
+        <v>41752</v>
+      </c>
+      <c r="G168" s="1"/>
+    </row>
+    <row r="169" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A169" s="35" t="s">
         <v>132</v>
       </c>
-      <c r="B162" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C162" s="2" t="s">
+      <c r="B169" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="C169" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="D169" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E169" s="20">
+        <v>36144</v>
+      </c>
+      <c r="F169" s="13">
+        <v>36958</v>
+      </c>
+      <c r="G169" s="1"/>
+    </row>
+    <row r="170" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A170" s="35" t="s">
+        <v>132</v>
+      </c>
+      <c r="B170" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="C170" s="2" t="s">
+        <v>133</v>
+      </c>
+      <c r="D170" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E170" s="14">
+        <v>36958</v>
+      </c>
+      <c r="F170" s="13">
+        <v>37286</v>
+      </c>
+    </row>
+    <row r="171" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A171" s="35" t="s">
+        <v>132</v>
+      </c>
+      <c r="B171" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="C171" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="D171" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E171" s="20">
+        <v>37286</v>
+      </c>
+      <c r="F171" s="13">
+        <v>37740</v>
+      </c>
+      <c r="G171" s="1"/>
+    </row>
+    <row r="172" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A172" s="39" t="s">
+        <v>132</v>
+      </c>
+      <c r="B172" s="22" t="s">
+        <v>8</v>
+      </c>
+      <c r="C172" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="D172" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E172" s="13">
+        <v>41171</v>
+      </c>
+      <c r="F172" s="13">
+        <v>41752</v>
+      </c>
+      <c r="G172" s="1"/>
+    </row>
+    <row r="173" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A173" s="39" t="s">
+        <v>132</v>
+      </c>
+      <c r="B173" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="C173" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="D173" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E173" s="18">
+        <v>41171</v>
+      </c>
+      <c r="F173" s="13">
+        <v>41752</v>
+      </c>
+      <c r="G173" s="1"/>
+    </row>
+    <row r="174" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A174" s="35" t="s">
+        <v>132</v>
+      </c>
+      <c r="B174" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="C174" s="2" t="s">
         <v>134</v>
       </c>
-      <c r="D162" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E162" s="13">
+      <c r="D174" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E174" s="13">
         <v>41171</v>
       </c>
-      <c r="F162" s="13">
+      <c r="F174" s="13">
         <v>41752</v>
       </c>
     </row>
-    <row r="163" spans="1:7" x14ac:dyDescent="0.35">
-[...248 lines deleted...]
-    <row r="175" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="175" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A175" s="35" t="s">
         <v>135</v>
       </c>
-      <c r="B175" s="6" t="s">
-        <v>5</v>
+      <c r="B175" s="2" t="s">
+        <v>12</v>
       </c>
       <c r="C175" s="2" t="s">
-        <v>99</v>
+        <v>30</v>
       </c>
       <c r="D175" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="E175" s="20">
-[...3 lines deleted...]
-        <v>36958</v>
+      <c r="E175" s="14">
+        <v>29706</v>
+      </c>
+      <c r="F175" s="18">
+        <v>30203</v>
       </c>
       <c r="G175" s="1"/>
     </row>
-    <row r="176" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="176" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A176" s="35" t="s">
         <v>135</v>
       </c>
-      <c r="B176" s="6" t="s">
-        <v>12</v>
+      <c r="B176" s="2" t="s">
+        <v>24</v>
       </c>
       <c r="C176" s="2" t="s">
-        <v>122</v>
+        <v>30</v>
       </c>
       <c r="D176" s="2" t="s">
         <v>26</v>
       </c>
       <c r="E176" s="14">
-        <v>36144</v>
+        <v>30203</v>
       </c>
       <c r="F176" s="13">
-        <v>36958</v>
+        <v>30649</v>
       </c>
       <c r="G176" s="1"/>
     </row>
-    <row r="177" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="177" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A177" s="35" t="s">
         <v>135</v>
       </c>
       <c r="B177" s="6" t="s">
         <v>5</v>
       </c>
       <c r="C177" s="2" t="s">
-        <v>122</v>
+        <v>138</v>
       </c>
       <c r="D177" s="2" t="s">
         <v>26</v>
       </c>
       <c r="E177" s="14">
-        <v>36144</v>
+        <v>30649</v>
       </c>
       <c r="F177" s="13">
-        <v>36958</v>
+        <v>31393</v>
       </c>
       <c r="G177" s="1"/>
     </row>
-    <row r="178" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="178" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A178" s="35" t="s">
         <v>135</v>
       </c>
-      <c r="B178" s="6" t="s">
-        <v>12</v>
+      <c r="B178" s="2" t="s">
+        <v>24</v>
       </c>
       <c r="C178" s="2" t="s">
-        <v>136</v>
+        <v>30</v>
       </c>
       <c r="D178" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="E178" s="14">
-        <v>36958</v>
+      <c r="E178" s="20">
+        <v>31215</v>
       </c>
       <c r="F178" s="13">
-        <v>37524</v>
-[...2 lines deleted...]
-    <row r="179" spans="1:7" x14ac:dyDescent="0.35">
+        <v>31336</v>
+      </c>
+    </row>
+    <row r="179" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A179" s="35" t="s">
         <v>135</v>
       </c>
       <c r="B179" s="2" t="s">
-        <v>5</v>
+        <v>24</v>
       </c>
       <c r="C179" s="2" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="D179" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="E179" s="20">
-        <v>36958</v>
+      <c r="E179" s="14">
+        <v>34603</v>
       </c>
       <c r="F179" s="13">
-        <v>37524</v>
+        <v>35006</v>
       </c>
       <c r="G179" s="1"/>
     </row>
-    <row r="180" spans="1:7" ht="28" x14ac:dyDescent="0.35">
+    <row r="180" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A180" s="35" t="s">
         <v>135</v>
       </c>
-      <c r="B180" s="6" t="s">
-[...12 lines deleted...]
-        <v>37524</v>
+      <c r="B180" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="C180" s="9" t="s">
+        <v>49</v>
+      </c>
+      <c r="D180" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="E180" s="20">
+        <v>34603</v>
+      </c>
+      <c r="F180" s="18">
+        <v>35093</v>
       </c>
       <c r="G180" s="1"/>
     </row>
-    <row r="181" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="181" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A181" s="35" t="s">
         <v>135</v>
       </c>
       <c r="B181" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C181" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="D181" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E181" s="20">
+        <v>35006</v>
+      </c>
+      <c r="F181" s="13">
+        <v>35093</v>
+      </c>
+      <c r="G181" s="1"/>
+    </row>
+    <row r="182" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A182" s="35" t="s">
+        <v>135</v>
+      </c>
+      <c r="B182" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="C182" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="D182" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E182" s="14">
+        <v>35006</v>
+      </c>
+      <c r="F182" s="13">
+        <v>35093</v>
+      </c>
+    </row>
+    <row r="183" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A183" s="35" t="s">
+        <v>135</v>
+      </c>
+      <c r="B183" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="C183" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="D183" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E183" s="20">
+        <v>35093</v>
+      </c>
+      <c r="F183" s="13">
+        <v>36144</v>
+      </c>
+      <c r="G183" s="1"/>
+    </row>
+    <row r="184" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A184" s="35" t="s">
+        <v>135</v>
+      </c>
+      <c r="B184" s="22" t="s">
+        <v>8</v>
+      </c>
+      <c r="C184" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="D184" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="E184" s="26">
+        <v>35403</v>
+      </c>
+      <c r="F184" s="18">
+        <v>35613</v>
+      </c>
+      <c r="G184" s="1"/>
+    </row>
+    <row r="185" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A185" s="35" t="s">
+        <v>135</v>
+      </c>
+      <c r="B185" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="C185" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="D185" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E185" s="20">
+        <v>35613</v>
+      </c>
+      <c r="F185" s="13">
+        <v>36144</v>
+      </c>
+      <c r="G185" s="1"/>
+    </row>
+    <row r="186" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A186" s="35" t="s">
+        <v>135</v>
+      </c>
+      <c r="B186" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="C186" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="D186" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E186" s="20">
+        <v>36144</v>
+      </c>
+      <c r="F186" s="13">
+        <v>36958</v>
+      </c>
+    </row>
+    <row r="187" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A187" s="35" t="s">
+        <v>135</v>
+      </c>
+      <c r="B187" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="C187" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="D187" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E187" s="14">
+        <v>36144</v>
+      </c>
+      <c r="F187" s="13">
+        <v>36958</v>
+      </c>
+      <c r="G187" s="1"/>
+    </row>
+    <row r="188" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A188" s="35" t="s">
+        <v>135</v>
+      </c>
+      <c r="B188" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="C188" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="D188" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E188" s="14">
+        <v>36144</v>
+      </c>
+      <c r="F188" s="13">
+        <v>36958</v>
+      </c>
+      <c r="G188" s="1"/>
+    </row>
+    <row r="189" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A189" s="35" t="s">
+        <v>135</v>
+      </c>
+      <c r="B189" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="C189" s="2" t="s">
+        <v>136</v>
+      </c>
+      <c r="D189" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E189" s="14">
+        <v>36958</v>
+      </c>
+      <c r="F189" s="13">
+        <v>37524</v>
+      </c>
+      <c r="G189" s="1"/>
+    </row>
+    <row r="190" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A190" s="35" t="s">
+        <v>135</v>
+      </c>
+      <c r="B190" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="C190" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="D190" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E190" s="20">
+        <v>36958</v>
+      </c>
+      <c r="F190" s="13">
+        <v>37524</v>
+      </c>
+    </row>
+    <row r="191" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A191" s="35" t="s">
+        <v>135</v>
+      </c>
+      <c r="B191" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="C191" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="D191" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E191" s="14">
+        <v>36958</v>
+      </c>
+      <c r="F191" s="13">
+        <v>37524</v>
+      </c>
+      <c r="G191" s="1"/>
+    </row>
+    <row r="192" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A192" s="35" t="s">
+        <v>135</v>
+      </c>
+      <c r="B192" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="C192" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="D192" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E192" s="20">
+        <v>37286</v>
+      </c>
+      <c r="F192" s="13">
+        <v>37524</v>
+      </c>
+      <c r="G192" s="1"/>
+    </row>
+    <row r="193" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A193" s="35" t="s">
+        <v>135</v>
+      </c>
+      <c r="B193" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="C193" s="2" t="s">
         <v>137</v>
       </c>
-      <c r="D181" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E181" s="20">
+      <c r="D193" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E193" s="20">
         <v>37524</v>
       </c>
-      <c r="F181" s="13">
+      <c r="F193" s="13">
         <v>37740</v>
       </c>
-      <c r="G181" s="1"/>
-[...2 lines deleted...]
-      <c r="A182" s="35" t="s">
+      <c r="G193" s="1"/>
+    </row>
+    <row r="194" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A194" s="35" t="s">
         <v>200</v>
       </c>
-      <c r="B182" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C182" s="2" t="s">
+      <c r="B194" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="C194" s="2" t="s">
         <v>122</v>
       </c>
-      <c r="D182" s="2" t="s">
+      <c r="D194" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="E182" s="14">
+      <c r="E194" s="14">
         <v>43391</v>
       </c>
-      <c r="F182" s="13">
+      <c r="F194" s="13">
         <v>44004</v>
       </c>
     </row>
-    <row r="183" spans="1:7" ht="28" x14ac:dyDescent="0.35">
-      <c r="A183" s="39" t="s">
+    <row r="195" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A195" s="39" t="s">
         <v>200</v>
       </c>
-      <c r="B183" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C183" s="2" t="s">
+      <c r="B195" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="C195" s="2" t="s">
         <v>70</v>
       </c>
-      <c r="D183" s="2" t="s">
+      <c r="D195" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="E183" s="18">
+      <c r="E195" s="18">
         <v>44004</v>
       </c>
-      <c r="F183" s="13">
+      <c r="F195" s="13">
         <v>44854</v>
       </c>
-      <c r="G183" s="1"/>
-[...2 lines deleted...]
-      <c r="A184" s="61" t="s">
+      <c r="G195" s="1"/>
+    </row>
+    <row r="196" spans="1:7" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="A196" s="61" t="s">
         <v>139</v>
       </c>
-      <c r="B184" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C184" s="2" t="s">
+      <c r="B196" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="C196" s="2" t="s">
         <v>140</v>
       </c>
-      <c r="D184" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E184" s="18">
+      <c r="D196" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E196" s="18">
         <v>43019</v>
       </c>
-      <c r="F184" s="13">
+      <c r="F196" s="13">
         <v>43391</v>
       </c>
-      <c r="G184" s="1"/>
-[...2 lines deleted...]
-      <c r="A185" s="36" t="s">
+      <c r="G196" s="1"/>
+    </row>
+    <row r="197" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A197" s="36" t="s">
         <v>141</v>
       </c>
-      <c r="B185" s="19" t="s">
-[...2 lines deleted...]
-      <c r="C185" s="8" t="s">
+      <c r="B197" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="C197" s="8" t="s">
         <v>39</v>
       </c>
-      <c r="D185" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E185" s="16">
+      <c r="D197" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E197" s="16">
         <v>39800</v>
       </c>
-      <c r="F185" s="16">
+      <c r="F197" s="16">
         <v>41171</v>
       </c>
-      <c r="G185" s="1"/>
-[...2 lines deleted...]
-      <c r="A186" s="35" t="s">
+      <c r="G197" s="1"/>
+    </row>
+    <row r="198" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A198" s="35" t="s">
         <v>142</v>
       </c>
-      <c r="B186" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C186" s="2" t="s">
+      <c r="B198" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="C198" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="D186" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E186" s="13">
+      <c r="D198" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E198" s="13">
         <v>43019</v>
       </c>
-      <c r="F186" s="13">
+      <c r="F198" s="13">
         <v>43391</v>
       </c>
     </row>
-    <row r="187" spans="1:7" ht="28" x14ac:dyDescent="0.35">
-      <c r="A187" s="35" t="s">
+    <row r="199" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A199" s="35" t="s">
         <v>142</v>
       </c>
-      <c r="B187" s="2" t="s">
+      <c r="B199" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="C187" s="2" t="s">
+      <c r="C199" s="2" t="s">
         <v>71</v>
       </c>
-      <c r="D187" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E187" s="14">
+      <c r="D199" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E199" s="14">
         <v>43019</v>
       </c>
-      <c r="F187" s="13">
+      <c r="F199" s="13">
         <v>43391</v>
       </c>
-      <c r="G187" s="1"/>
-[...2 lines deleted...]
-      <c r="A188" s="36" t="s">
+      <c r="G199" s="1"/>
+    </row>
+    <row r="200" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A200" s="36" t="s">
         <v>143</v>
       </c>
-      <c r="B188" s="6" t="s">
+      <c r="B200" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="C188" s="8" t="s">
+      <c r="C200" s="8" t="s">
         <v>146</v>
       </c>
-      <c r="D188" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E188" s="24">
+      <c r="D200" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E200" s="24">
         <v>37740</v>
       </c>
-      <c r="F188" s="13">
+      <c r="F200" s="13">
         <v>38401</v>
       </c>
-      <c r="G188" s="1"/>
-[...2 lines deleted...]
-      <c r="A189" s="39" t="s">
+      <c r="G200" s="1"/>
+    </row>
+    <row r="201" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A201" s="39" t="s">
         <v>143</v>
       </c>
-      <c r="B189" s="19" t="s">
+      <c r="B201" s="19" t="s">
         <v>144</v>
       </c>
-      <c r="C189" s="8" t="s">
+      <c r="C201" s="8" t="s">
         <v>145</v>
       </c>
-      <c r="D189" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E189" s="15">
+      <c r="D201" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E201" s="15">
         <v>38401</v>
       </c>
-      <c r="F189" s="16">
+      <c r="F201" s="16">
         <v>39800</v>
       </c>
-      <c r="G189" s="1"/>
-[...2 lines deleted...]
-      <c r="A190" s="39" t="s">
+      <c r="G201" s="1"/>
+    </row>
+    <row r="202" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A202" s="39" t="s">
         <v>143</v>
       </c>
-      <c r="B190" s="19" t="s">
-[...2 lines deleted...]
-      <c r="C190" s="8" t="s">
+      <c r="B202" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="C202" s="8" t="s">
         <v>212</v>
       </c>
-      <c r="D190" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E190" s="15">
+      <c r="D202" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E202" s="15">
         <v>39800</v>
       </c>
-      <c r="F190" s="16">
+      <c r="F202" s="16">
         <v>39987</v>
       </c>
     </row>
-    <row r="191" spans="1:7" ht="28" x14ac:dyDescent="0.35">
-      <c r="A191" s="36" t="s">
+    <row r="203" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A203" s="36" t="s">
         <v>143</v>
       </c>
-      <c r="B191" s="19" t="s">
-[...2 lines deleted...]
-      <c r="C191" s="8" t="s">
+      <c r="B203" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="C203" s="8" t="s">
         <v>147</v>
       </c>
-      <c r="D191" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E191" s="15">
+      <c r="D203" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E203" s="15">
         <v>39987</v>
       </c>
-      <c r="F191" s="16">
+      <c r="F203" s="16">
         <v>40792</v>
       </c>
-      <c r="G191" s="1"/>
-[...2 lines deleted...]
-      <c r="A192" s="36" t="s">
+      <c r="G203" s="1"/>
+    </row>
+    <row r="204" spans="1:7" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="A204" s="36" t="s">
         <v>143</v>
       </c>
-      <c r="B192" s="19" t="s">
+      <c r="B204" s="19" t="s">
         <v>8</v>
       </c>
-      <c r="C192" s="7" t="s">
+      <c r="C204" s="7" t="s">
         <v>213</v>
       </c>
-      <c r="D192" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E192" s="15">
+      <c r="D204" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E204" s="15">
         <v>40429</v>
       </c>
-      <c r="F192" s="16">
+      <c r="F204" s="16">
         <v>40576</v>
       </c>
-      <c r="G192" s="1"/>
-[...2 lines deleted...]
-      <c r="A193" s="39" t="s">
+      <c r="G204" s="1"/>
+    </row>
+    <row r="205" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A205" s="39" t="s">
         <v>148</v>
       </c>
-      <c r="B193" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C193" s="2" t="s">
+      <c r="B205" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="C205" s="2" t="s">
         <v>81</v>
       </c>
-      <c r="D193" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E193" s="13">
+      <c r="D205" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E205" s="13">
         <v>41171</v>
       </c>
-      <c r="F193" s="13">
+      <c r="F205" s="13">
         <v>41752</v>
       </c>
-      <c r="G193" s="1"/>
-[...2 lines deleted...]
-      <c r="A194" s="35" t="s">
+      <c r="G205" s="1"/>
+    </row>
+    <row r="206" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A206" s="35" t="s">
         <v>149</v>
       </c>
-      <c r="B194" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C194" s="2" t="s">
+      <c r="B206" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="C206" s="2" t="s">
         <v>150</v>
       </c>
-      <c r="D194" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E194" s="14">
+      <c r="D206" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E206" s="14">
         <v>28312</v>
       </c>
-      <c r="F194" s="13">
+      <c r="F206" s="13">
         <v>29706</v>
       </c>
     </row>
-    <row r="195" spans="1:7" x14ac:dyDescent="0.35">
-      <c r="A195" s="41" t="s">
+    <row r="207" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A207" s="41" t="s">
         <v>151</v>
       </c>
-      <c r="B195" s="9" t="s">
+      <c r="B207" s="9" t="s">
         <v>42</v>
       </c>
-      <c r="C195" s="9" t="s">
+      <c r="C207" s="9" t="s">
         <v>152</v>
       </c>
-      <c r="D195" s="9" t="s">
-[...2 lines deleted...]
-      <c r="E195" s="20">
+      <c r="D207" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="E207" s="20">
         <v>36958</v>
       </c>
-      <c r="F195" s="18">
+      <c r="F207" s="18">
         <v>37286</v>
       </c>
-      <c r="G195" s="1"/>
-[...2 lines deleted...]
-      <c r="A196" s="35" t="s">
+      <c r="G207" s="1"/>
+    </row>
+    <row r="208" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A208" s="35" t="s">
         <v>151</v>
       </c>
-      <c r="B196" s="2" t="s">
+      <c r="B208" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="C196" s="2" t="s">
+      <c r="C208" s="2" t="s">
         <v>80</v>
       </c>
-      <c r="D196" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E196" s="14">
+      <c r="D208" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E208" s="14">
         <v>37286</v>
       </c>
-      <c r="F196" s="13">
+      <c r="F208" s="13">
         <v>37740</v>
       </c>
-      <c r="G196" s="1"/>
-[...2 lines deleted...]
-      <c r="A197" s="35" t="s">
+      <c r="G208" s="1"/>
+    </row>
+    <row r="209" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A209" s="35" t="s">
         <v>153</v>
       </c>
-      <c r="B197" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C197" s="2" t="s">
+      <c r="B209" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="C209" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="D197" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E197" s="14">
+      <c r="D209" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E209" s="14">
         <v>28090</v>
       </c>
-      <c r="F197" s="18">
+      <c r="F209" s="18">
         <v>29119</v>
       </c>
-      <c r="G197" s="1"/>
-[...2 lines deleted...]
-      <c r="A198" s="35" t="s">
+      <c r="G209" s="1"/>
+    </row>
+    <row r="210" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A210" s="35" t="s">
         <v>153</v>
       </c>
-      <c r="B198" s="6" t="s">
+      <c r="B210" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="C198" s="2" t="s">
+      <c r="C210" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="D198" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E198" s="20">
+      <c r="D210" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E210" s="20">
         <v>29119</v>
       </c>
-      <c r="F198" s="13">
+      <c r="F210" s="13">
         <v>29706</v>
       </c>
     </row>
-    <row r="199" spans="1:7" x14ac:dyDescent="0.35">
-      <c r="A199" s="35" t="s">
+    <row r="211" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A211" s="35" t="s">
         <v>153</v>
       </c>
-      <c r="B199" s="6" t="s">
+      <c r="B211" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="C199" s="2" t="s">
+      <c r="C211" s="2" t="s">
         <v>154</v>
       </c>
-      <c r="D199" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E199" s="20">
+      <c r="D211" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E211" s="20">
         <v>29531</v>
       </c>
-      <c r="F199" s="13">
+      <c r="F211" s="13">
         <v>29706</v>
       </c>
-      <c r="G199" s="1"/>
-[...2 lines deleted...]
-      <c r="A200" s="35" t="s">
+      <c r="G211" s="1"/>
+    </row>
+    <row r="212" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A212" s="35" t="s">
         <v>198</v>
       </c>
-      <c r="B200" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C200" s="2" t="s">
+      <c r="B212" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="C212" s="2" t="s">
         <v>39</v>
-      </c>
-[...247 lines deleted...]
-        <v>21</v>
       </c>
       <c r="D212" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="E212" s="18">
+      <c r="E212" s="13">
         <v>43391</v>
       </c>
       <c r="F212" s="13">
-        <v>44854</v>
+        <v>45910</v>
       </c>
       <c r="G212" s="1"/>
     </row>
-    <row r="213" spans="1:7" ht="28" x14ac:dyDescent="0.35">
+    <row r="213" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A213" s="35" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="B213" s="6" t="s">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="C213" s="2" t="s">
-        <v>161</v>
+        <v>217</v>
       </c>
       <c r="D213" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="E213" s="14">
-        <v>43391</v>
+      <c r="E213" s="13">
+        <v>45910</v>
       </c>
       <c r="F213" s="13">
-        <v>43712</v>
+        <v>45960</v>
       </c>
       <c r="G213" s="1"/>
     </row>
-    <row r="214" spans="1:7" ht="28" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-        <v>5</v>
+    <row r="214" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A214" s="35" t="s">
+        <v>198</v>
+      </c>
+      <c r="B214" s="6" t="s">
+        <v>8</v>
       </c>
       <c r="C214" s="2" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="D214" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="E214" s="14">
+      <c r="E214" s="13">
+        <v>45910</v>
+      </c>
+      <c r="F214" s="13">
+        <v>45960</v>
+      </c>
+      <c r="G214" s="1"/>
+    </row>
+    <row r="215" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A215" s="35" t="s">
+        <v>198</v>
+      </c>
+      <c r="B215" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="C215" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="D215" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E215" s="13">
+        <v>45910</v>
+      </c>
+      <c r="F215" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="G215" s="1"/>
+    </row>
+    <row r="216" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A216" s="35" t="s">
+        <v>198</v>
+      </c>
+      <c r="B216" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="C216" s="2" t="s">
+        <v>195</v>
+      </c>
+      <c r="D216" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E216" s="13">
+        <v>45960</v>
+      </c>
+      <c r="F216" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="G216" s="1"/>
+    </row>
+    <row r="217" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A217" s="35" t="s">
+        <v>199</v>
+      </c>
+      <c r="B217" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="C217" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="D217" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E217" s="14">
+        <v>43391</v>
+      </c>
+      <c r="F217" s="18">
+        <v>44321</v>
+      </c>
+      <c r="G217" s="1"/>
+    </row>
+    <row r="218" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A218" s="41" t="s">
+        <v>156</v>
+      </c>
+      <c r="B218" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="C218" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="D218" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E218" s="14">
+        <v>31393</v>
+      </c>
+      <c r="F218" s="13">
+        <v>32570</v>
+      </c>
+      <c r="G218" s="1"/>
+    </row>
+    <row r="219" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A219" s="35" t="s">
+        <v>156</v>
+      </c>
+      <c r="B219" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="C219" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="D219" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E219" s="14">
+        <v>32570</v>
+      </c>
+      <c r="F219" s="13">
+        <v>32792</v>
+      </c>
+    </row>
+    <row r="220" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A220" s="35" t="s">
+        <v>156</v>
+      </c>
+      <c r="B220" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="C220" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="D220" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E220" s="20">
+        <v>32792</v>
+      </c>
+      <c r="F220" s="13">
+        <v>34345</v>
+      </c>
+      <c r="G220" s="1"/>
+    </row>
+    <row r="221" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A221" s="35" t="s">
+        <v>157</v>
+      </c>
+      <c r="B221" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="C221" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D221" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E221" s="14">
+        <v>32792</v>
+      </c>
+      <c r="F221" s="13">
+        <v>33151</v>
+      </c>
+      <c r="G221" s="1"/>
+    </row>
+    <row r="222" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A222" s="35" t="s">
+        <v>157</v>
+      </c>
+      <c r="B222" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="C222" s="2" t="s">
+        <v>159</v>
+      </c>
+      <c r="D222" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E222" s="20">
+        <v>33151</v>
+      </c>
+      <c r="F222" s="13">
+        <v>34305</v>
+      </c>
+      <c r="G222" s="1"/>
+    </row>
+    <row r="223" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A223" s="35" t="s">
+        <v>157</v>
+      </c>
+      <c r="B223" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="C223" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="D223" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E223" s="20">
+        <v>33911</v>
+      </c>
+      <c r="F223" s="13">
+        <v>34305</v>
+      </c>
+    </row>
+    <row r="224" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A224" s="35" t="s">
+        <v>157</v>
+      </c>
+      <c r="B224" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="C224" s="2" t="s">
+        <v>158</v>
+      </c>
+      <c r="D224" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E224" s="20">
+        <v>34305</v>
+      </c>
+      <c r="F224" s="13">
+        <v>34345</v>
+      </c>
+      <c r="G224" s="1"/>
+    </row>
+    <row r="225" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A225" s="35" t="s">
+        <v>157</v>
+      </c>
+      <c r="B225" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="C225" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="D225" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E225" s="20">
+        <v>34345</v>
+      </c>
+      <c r="F225" s="13">
+        <v>34603</v>
+      </c>
+      <c r="G225" s="1"/>
+    </row>
+    <row r="226" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A226" s="35" t="s">
+        <v>160</v>
+      </c>
+      <c r="B226" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="C226" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="D226" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E226" s="14">
+        <v>43391</v>
+      </c>
+      <c r="F226" s="13">
         <v>44854</v>
       </c>
-      <c r="F214" s="13" t="s">
-[...250 lines deleted...]
-      </c>
       <c r="G226" s="1"/>
     </row>
-    <row r="227" spans="1:8" ht="56" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-        <v>168</v>
+    <row r="227" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A227" s="35" t="s">
+        <v>160</v>
       </c>
       <c r="B227" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C227" s="2" t="s">
+        <v>209</v>
+      </c>
+      <c r="D227" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E227" s="14">
+        <v>44854</v>
+      </c>
+      <c r="F227" s="13" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="228" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A228" s="35" t="s">
+        <v>202</v>
+      </c>
+      <c r="B228" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="C228" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="D228" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E228" s="18">
+        <v>43391</v>
+      </c>
+      <c r="F228" s="13">
+        <v>44854</v>
+      </c>
+      <c r="G228" s="1"/>
+    </row>
+    <row r="229" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A229" s="35" t="s">
+        <v>202</v>
+      </c>
+      <c r="B229" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="C229" s="2" t="s">
+        <v>161</v>
+      </c>
+      <c r="D229" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E229" s="14">
+        <v>43391</v>
+      </c>
+      <c r="F229" s="13">
+        <v>43712</v>
+      </c>
+      <c r="G229" s="1"/>
+    </row>
+    <row r="230" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A230" s="39" t="s">
+        <v>193</v>
+      </c>
+      <c r="B230" s="22" t="s">
+        <v>5</v>
+      </c>
+      <c r="C230" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="D230" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E230" s="14">
+        <v>44854</v>
+      </c>
+      <c r="F230" s="13">
+        <v>45910</v>
+      </c>
+      <c r="G230" s="1"/>
+    </row>
+    <row r="231" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A231" s="36" t="s">
+        <v>162</v>
+      </c>
+      <c r="B231" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="C231" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="D231" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E231" s="15">
+        <v>39190</v>
+      </c>
+      <c r="F231" s="16">
+        <v>39800</v>
+      </c>
+    </row>
+    <row r="232" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A232" s="35" t="s">
+        <v>162</v>
+      </c>
+      <c r="B232" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="C232" s="8" t="s">
+        <v>163</v>
+      </c>
+      <c r="D232" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E232" s="24">
+        <v>39190</v>
+      </c>
+      <c r="F232" s="16">
+        <v>41171</v>
+      </c>
+      <c r="G232" s="1"/>
+    </row>
+    <row r="233" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A233" s="36" t="s">
+        <v>162</v>
+      </c>
+      <c r="B233" s="19" t="s">
+        <v>8</v>
+      </c>
+      <c r="C233" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="D233" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E233" s="15">
+        <v>39800</v>
+      </c>
+      <c r="F233" s="16">
+        <v>41171</v>
+      </c>
+      <c r="G233" s="1"/>
+    </row>
+    <row r="234" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A234" s="35" t="s">
+        <v>162</v>
+      </c>
+      <c r="B234" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="C234" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="D234" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E234" s="14">
+        <v>41752</v>
+      </c>
+      <c r="F234" s="13">
+        <v>43391</v>
+      </c>
+      <c r="G234" s="1"/>
+    </row>
+    <row r="235" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A235" s="36" t="s">
+        <v>164</v>
+      </c>
+      <c r="B235" s="6" t="s">
+        <v>166</v>
+      </c>
+      <c r="C235" s="8" t="s">
+        <v>49</v>
+      </c>
+      <c r="D235" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E235" s="24">
+        <v>37740</v>
+      </c>
+      <c r="F235" s="13">
+        <v>38401</v>
+      </c>
+    </row>
+    <row r="236" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A236" s="36" t="s">
+        <v>164</v>
+      </c>
+      <c r="B236" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="C236" s="8" t="s">
+        <v>165</v>
+      </c>
+      <c r="D236" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E236" s="23">
+        <v>38281</v>
+      </c>
+      <c r="F236" s="14">
+        <v>38401</v>
+      </c>
+      <c r="G236" s="1"/>
+    </row>
+    <row r="237" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A237" s="36" t="s">
+        <v>164</v>
+      </c>
+      <c r="B237" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="C237" s="8" t="s">
+        <v>167</v>
+      </c>
+      <c r="D237" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E237" s="24">
+        <v>38401</v>
+      </c>
+      <c r="F237" s="13">
+        <v>39190</v>
+      </c>
+      <c r="G237" s="1"/>
+    </row>
+    <row r="238" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A238" s="36" t="s">
+        <v>168</v>
+      </c>
+      <c r="B238" s="22" t="s">
+        <v>5</v>
+      </c>
+      <c r="C238" s="8" t="s">
+        <v>73</v>
+      </c>
+      <c r="D238" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E238" s="15">
+        <v>38401</v>
+      </c>
+      <c r="F238" s="13">
+        <v>39190</v>
+      </c>
+      <c r="G238" s="1"/>
+    </row>
+    <row r="239" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A239" s="36" t="s">
+        <v>168</v>
+      </c>
+      <c r="B239" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="C239" s="8" t="s">
+        <v>204</v>
+      </c>
+      <c r="D239" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E239" s="16">
+        <v>39800</v>
+      </c>
+      <c r="F239" s="16">
+        <v>40400</v>
+      </c>
+    </row>
+    <row r="240" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A240" s="36" t="s">
+        <v>168</v>
+      </c>
+      <c r="B240" s="8" t="s">
+        <v>5</v>
+      </c>
+      <c r="C240" s="8" t="s">
+        <v>134</v>
+      </c>
+      <c r="D240" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E240" s="16">
+        <v>40401</v>
+      </c>
+      <c r="F240" s="16">
+        <v>41171</v>
+      </c>
+      <c r="G240" s="1"/>
+    </row>
+    <row r="241" spans="1:8" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A241" s="35" t="s">
+        <v>168</v>
+      </c>
+      <c r="B241" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="C241" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="D241" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E241" s="14">
+        <v>41752</v>
+      </c>
+      <c r="F241" s="13">
+        <v>42397</v>
+      </c>
+      <c r="G241" s="1"/>
+    </row>
+    <row r="242" spans="1:8" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A242" s="35" t="s">
+        <v>168</v>
+      </c>
+      <c r="B242" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="C242" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="D242" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E242" s="13">
+        <v>42397</v>
+      </c>
+      <c r="F242" s="14">
+        <v>43019</v>
+      </c>
+      <c r="G242" s="1"/>
+    </row>
+    <row r="243" spans="1:8" ht="57" x14ac:dyDescent="0.25">
+      <c r="A243" s="36" t="s">
+        <v>168</v>
+      </c>
+      <c r="B243" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C243" s="2" t="s">
         <v>169</v>
       </c>
-      <c r="D227" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E227" s="14">
+      <c r="D243" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E243" s="14">
         <v>42397</v>
       </c>
-      <c r="F227" s="13">
+      <c r="F243" s="13">
         <v>43019</v>
       </c>
     </row>
-    <row r="228" spans="1:8" ht="28" x14ac:dyDescent="0.35">
-      <c r="A228" s="36" t="s">
+    <row r="244" spans="1:8" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A244" s="36" t="s">
         <v>168</v>
       </c>
-      <c r="B228" s="2" t="s">
+      <c r="B244" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="C228" s="2" t="s">
+      <c r="C244" s="2" t="s">
         <v>170</v>
       </c>
-      <c r="D228" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E228" s="14">
+      <c r="D244" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E244" s="14">
         <v>43019</v>
       </c>
-      <c r="F228" s="13">
+      <c r="F244" s="13">
         <v>43391</v>
       </c>
-      <c r="G228" s="1"/>
-[...2 lines deleted...]
-      <c r="A229" s="35" t="s">
+      <c r="G244" s="1"/>
+    </row>
+    <row r="245" spans="1:8" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A245" s="35" t="s">
         <v>171</v>
       </c>
-      <c r="B229" s="2" t="s">
+      <c r="B245" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="C229" s="2" t="s">
+      <c r="C245" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="D229" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E229" s="14">
+      <c r="D245" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E245" s="14">
         <v>43019</v>
       </c>
-      <c r="F229" s="13">
+      <c r="F245" s="13">
         <v>43391</v>
       </c>
-      <c r="G229" s="1"/>
-[...2 lines deleted...]
-      <c r="A230" s="35" t="s">
+      <c r="G245" s="1"/>
+    </row>
+    <row r="246" spans="1:8" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A246" s="35" t="s">
         <v>172</v>
       </c>
-      <c r="B230" s="6" t="s">
+      <c r="B246" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="C230" s="2" t="s">
+      <c r="C246" s="2" t="s">
         <v>173</v>
       </c>
-      <c r="D230" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E230" s="14">
+      <c r="D246" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E246" s="14">
         <v>32570</v>
       </c>
-      <c r="F230" s="13">
+      <c r="F246" s="13">
         <v>32792</v>
       </c>
-      <c r="G230" s="1"/>
-[...2 lines deleted...]
-      <c r="A231" s="35" t="s">
+      <c r="G246" s="1"/>
+    </row>
+    <row r="247" spans="1:8" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A247" s="35" t="s">
         <v>172</v>
       </c>
-      <c r="B231" s="2" t="s">
+      <c r="B247" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="C231" s="2" t="s">
+      <c r="C247" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="D231" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E231" s="14">
+      <c r="D247" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E247" s="14">
         <v>32792</v>
       </c>
-      <c r="F231" s="13">
+      <c r="F247" s="13">
         <v>34345</v>
       </c>
     </row>
-    <row r="232" spans="1:8" ht="28" x14ac:dyDescent="0.35">
-      <c r="A232" s="35" t="s">
+    <row r="248" spans="1:8" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A248" s="35" t="s">
         <v>172</v>
       </c>
-      <c r="B232" s="9" t="s">
+      <c r="B248" s="9" t="s">
         <v>8</v>
       </c>
-      <c r="C232" s="9" t="s">
+      <c r="C248" s="9" t="s">
         <v>49</v>
       </c>
-      <c r="D232" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E232" s="20">
+      <c r="D248" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E248" s="20">
         <v>32792</v>
       </c>
-      <c r="F232" s="13">
+      <c r="F248" s="13">
         <v>34345</v>
       </c>
-      <c r="G232" s="1"/>
-[...2 lines deleted...]
-      <c r="A233" s="35" t="s">
+      <c r="G248" s="1"/>
+    </row>
+    <row r="249" spans="1:8" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A249" s="35" t="s">
         <v>172</v>
       </c>
-      <c r="B233" s="6" t="s">
+      <c r="B249" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="C233" s="2" t="s">
+      <c r="C249" s="2" t="s">
         <v>174</v>
       </c>
-      <c r="D233" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E233" s="14">
+      <c r="D249" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E249" s="14">
         <v>34345</v>
       </c>
-      <c r="F233" s="13">
+      <c r="F249" s="13">
         <v>34603</v>
       </c>
-      <c r="G233" s="1"/>
-[...2 lines deleted...]
-      <c r="A234" s="35" t="s">
+      <c r="G249" s="1"/>
+    </row>
+    <row r="250" spans="1:8" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A250" s="35" t="s">
         <v>172</v>
       </c>
-      <c r="B234" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C234" s="2" t="s">
+      <c r="B250" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="C250" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="D234" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E234" s="14">
+      <c r="D250" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E250" s="14">
         <v>34345</v>
       </c>
-      <c r="F234" s="13">
+      <c r="F250" s="13">
         <v>34603</v>
       </c>
-      <c r="G234" s="1"/>
-[...2 lines deleted...]
-      <c r="A235" s="35" t="s">
+      <c r="G250" s="1"/>
+    </row>
+    <row r="251" spans="1:8" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A251" s="35" t="s">
         <v>175</v>
       </c>
-      <c r="B235" s="9" t="s">
+      <c r="B251" s="9" t="s">
         <v>8</v>
       </c>
-      <c r="C235" s="2" t="s">
+      <c r="C251" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="D235" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E235" s="13">
+      <c r="D251" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E251" s="13">
         <v>41752</v>
       </c>
-      <c r="F235" s="13">
+      <c r="F251" s="13">
         <v>42397</v>
       </c>
     </row>
-    <row r="236" spans="1:8" ht="28" x14ac:dyDescent="0.35">
-      <c r="A236" s="35" t="s">
+    <row r="252" spans="1:8" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A252" s="35" t="s">
         <v>175</v>
       </c>
-      <c r="B236" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C236" s="2" t="s">
+      <c r="B252" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="C252" s="2" t="s">
         <v>100</v>
       </c>
-      <c r="D236" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E236" s="14">
+      <c r="D252" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E252" s="14">
         <v>41752</v>
       </c>
-      <c r="F236" s="13">
+      <c r="F252" s="13">
         <v>43391</v>
       </c>
-      <c r="G236" s="1"/>
-[...3 lines deleted...]
-      <c r="A237" s="60" t="s">
+      <c r="G252" s="1"/>
+      <c r="H252" s="1"/>
+    </row>
+    <row r="253" spans="1:8" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A253" s="60" t="s">
         <v>176</v>
       </c>
-      <c r="B237" s="62" t="s">
-[...2 lines deleted...]
-      <c r="C237" s="8" t="s">
+      <c r="B253" s="62" t="s">
+        <v>5</v>
+      </c>
+      <c r="C253" s="8" t="s">
         <v>115</v>
       </c>
-      <c r="D237" s="48" t="s">
-[...2 lines deleted...]
-      <c r="E237" s="64">
+      <c r="D253" s="48" t="s">
+        <v>7</v>
+      </c>
+      <c r="E253" s="64">
         <v>39800</v>
       </c>
-      <c r="F237" s="64">
+      <c r="F253" s="64">
         <v>40400</v>
       </c>
-      <c r="G237" s="1"/>
-[...3 lines deleted...]
-      <c r="A238" s="60" t="s">
+      <c r="G253" s="1"/>
+      <c r="H253" s="1"/>
+    </row>
+    <row r="254" spans="1:8" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A254" s="60" t="s">
         <v>176</v>
       </c>
-      <c r="B238" s="62" t="s">
+      <c r="B254" s="62" t="s">
         <v>24</v>
       </c>
-      <c r="C238" s="8" t="s">
+      <c r="C254" s="8" t="s">
         <v>204</v>
       </c>
-      <c r="D238" s="48" t="s">
-[...2 lines deleted...]
-      <c r="E238" s="64">
+      <c r="D254" s="48" t="s">
+        <v>7</v>
+      </c>
+      <c r="E254" s="64">
         <v>40401</v>
       </c>
-      <c r="F238" s="64">
+      <c r="F254" s="64">
         <v>41171</v>
       </c>
-      <c r="G238" s="1"/>
-[...3 lines deleted...]
-      <c r="A239" s="60" t="s">
+      <c r="G254" s="1"/>
+      <c r="H254" s="1"/>
+    </row>
+    <row r="255" spans="1:8" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A255" s="60" t="s">
         <v>176</v>
       </c>
-      <c r="B239" s="48" t="s">
-[...2 lines deleted...]
-      <c r="C239" s="2" t="s">
+      <c r="B255" s="48" t="s">
+        <v>5</v>
+      </c>
+      <c r="C255" s="2" t="s">
         <v>39</v>
       </c>
-      <c r="D239" s="48" t="s">
-[...2 lines deleted...]
-      <c r="E239" s="56">
+      <c r="D255" s="48" t="s">
+        <v>7</v>
+      </c>
+      <c r="E255" s="56">
         <v>41752</v>
       </c>
-      <c r="F239" s="49">
+      <c r="F255" s="49">
         <v>42397</v>
       </c>
-      <c r="G239" s="1"/>
-[...3 lines deleted...]
-      <c r="A240" s="60" t="s">
+      <c r="G255" s="1"/>
+      <c r="H255" s="1"/>
+    </row>
+    <row r="256" spans="1:8" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A256" s="60" t="s">
         <v>176</v>
       </c>
-      <c r="B240" s="48" t="s">
+      <c r="B256" s="48" t="s">
         <v>8</v>
       </c>
-      <c r="C240" s="2" t="s">
+      <c r="C256" s="2" t="s">
         <v>134</v>
       </c>
-      <c r="D240" s="48" t="s">
-[...2 lines deleted...]
-      <c r="E240" s="56">
+      <c r="D256" s="48" t="s">
+        <v>7</v>
+      </c>
+      <c r="E256" s="56">
         <v>42397</v>
       </c>
-      <c r="F240" s="49">
+      <c r="F256" s="49">
         <v>43391</v>
       </c>
-      <c r="G240" s="1"/>
-[...3 lines deleted...]
-      <c r="A241" s="60" t="s">
+      <c r="G256" s="1"/>
+      <c r="H256" s="1"/>
+    </row>
+    <row r="257" spans="1:8" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A257" s="60" t="s">
         <v>177</v>
       </c>
-      <c r="B241" s="62" t="s">
-[...2 lines deleted...]
-      <c r="C241" s="8" t="s">
+      <c r="B257" s="62" t="s">
+        <v>5</v>
+      </c>
+      <c r="C257" s="8" t="s">
         <v>100</v>
       </c>
-      <c r="D241" s="48" t="s">
-[...2 lines deleted...]
-      <c r="E241" s="63">
+      <c r="D257" s="48" t="s">
+        <v>7</v>
+      </c>
+      <c r="E257" s="63">
         <v>39800</v>
       </c>
-      <c r="F241" s="64">
+      <c r="F257" s="64">
         <v>40400</v>
       </c>
-      <c r="G241" s="1"/>
-[...3 lines deleted...]
-      <c r="A242" s="60" t="s">
+      <c r="G257" s="1"/>
+      <c r="H257" s="1"/>
+    </row>
+    <row r="258" spans="1:8" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A258" s="60" t="s">
         <v>177</v>
       </c>
-      <c r="B242" s="62" t="s">
-[...2 lines deleted...]
-      <c r="C242" s="8" t="s">
+      <c r="B258" s="62" t="s">
+        <v>5</v>
+      </c>
+      <c r="C258" s="8" t="s">
         <v>73</v>
       </c>
-      <c r="D242" s="48" t="s">
-[...2 lines deleted...]
-      <c r="E242" s="63">
+      <c r="D258" s="48" t="s">
+        <v>7</v>
+      </c>
+      <c r="E258" s="63">
         <v>40401</v>
       </c>
-      <c r="F242" s="64">
+      <c r="F258" s="64">
         <v>41171</v>
       </c>
-      <c r="G242" s="1"/>
-[...3 lines deleted...]
-      <c r="A243" s="60" t="s">
+      <c r="G258" s="1"/>
+      <c r="H258" s="1"/>
+    </row>
+    <row r="259" spans="1:8" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A259" s="60" t="s">
         <v>177</v>
       </c>
-      <c r="B243" s="48" t="s">
-[...2 lines deleted...]
-      <c r="C243" s="2" t="s">
+      <c r="B259" s="48" t="s">
+        <v>5</v>
+      </c>
+      <c r="C259" s="2" t="s">
         <v>178</v>
       </c>
-      <c r="D243" s="48" t="s">
-[...2 lines deleted...]
-      <c r="E243" s="56">
+      <c r="D259" s="48" t="s">
+        <v>7</v>
+      </c>
+      <c r="E259" s="56">
         <v>41752</v>
       </c>
-      <c r="F243" s="49">
+      <c r="F259" s="49">
         <v>43019</v>
       </c>
-      <c r="G243" s="1"/>
-[...3 lines deleted...]
-      <c r="A244" s="59" t="s">
+      <c r="G259" s="1"/>
+      <c r="H259" s="1"/>
+    </row>
+    <row r="260" spans="1:8" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="A260" s="59" t="s">
         <v>177</v>
       </c>
-      <c r="B244" s="48" t="s">
+      <c r="B260" s="48" t="s">
         <v>8</v>
       </c>
-      <c r="C244" s="2" t="s">
+      <c r="C260" s="2" t="s">
         <v>75</v>
       </c>
-      <c r="D244" s="48" t="s">
-[...2 lines deleted...]
-      <c r="E244" s="56">
+      <c r="D260" s="48" t="s">
+        <v>7</v>
+      </c>
+      <c r="E260" s="56">
         <v>43019</v>
       </c>
-      <c r="F244" s="49">
+      <c r="F260" s="49">
         <v>43391</v>
       </c>
-      <c r="G244" s="1"/>
-[...3 lines deleted...]
-      <c r="A245" s="60" t="s">
+      <c r="G260" s="1"/>
+      <c r="H260" s="1"/>
+    </row>
+    <row r="261" spans="1:8" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A261" s="60" t="s">
         <v>177</v>
       </c>
-      <c r="B245" s="55" t="s">
+      <c r="B261" s="55" t="s">
         <v>8</v>
       </c>
-      <c r="C245" s="2" t="s">
+      <c r="C261" s="2" t="s">
         <v>179</v>
       </c>
-      <c r="D245" s="48" t="s">
-[...2 lines deleted...]
-      <c r="E245" s="56">
+      <c r="D261" s="48" t="s">
+        <v>7</v>
+      </c>
+      <c r="E261" s="56">
         <v>43019</v>
       </c>
-      <c r="F245" s="49">
+      <c r="F261" s="49">
         <v>43391</v>
       </c>
-      <c r="G245" s="1"/>
-[...3 lines deleted...]
-      <c r="A246" s="50" t="s">
+      <c r="G261" s="1"/>
+      <c r="H261" s="1"/>
+    </row>
+    <row r="262" spans="1:8" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="A262" s="50" t="s">
         <v>180</v>
       </c>
-      <c r="B246" s="51" t="s">
+      <c r="B262" s="51" t="s">
         <v>24</v>
       </c>
-      <c r="C246" s="48" t="s">
+      <c r="C262" s="48" t="s">
         <v>214</v>
       </c>
-      <c r="D246" s="48" t="s">
-[...2 lines deleted...]
-      <c r="E246" s="49">
+      <c r="D262" s="48" t="s">
+        <v>26</v>
+      </c>
+      <c r="E262" s="49">
         <v>41171</v>
       </c>
-      <c r="F246" s="49">
+      <c r="F262" s="49">
         <v>41752</v>
       </c>
     </row>
-    <row r="247" spans="1:8" x14ac:dyDescent="0.35">
-[...14 lines deleted...]
-      <c r="D249" s="1"/>
+    <row r="263" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B263" s="1"/>
+      <c r="C263" s="1"/>
+      <c r="D263" s="1"/>
+      <c r="E263" s="1"/>
+    </row>
+    <row r="264" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B264" s="1"/>
+      <c r="C264" s="1"/>
+      <c r="D264" s="1"/>
+      <c r="E264" s="1"/>
+    </row>
+    <row r="265" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B265" s="1"/>
+      <c r="C265" s="1"/>
+      <c r="D265" s="1"/>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="C3:G246">
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="C3:G262">
     <sortCondition ref="C2"/>
   </sortState>
   <mergeCells count="1">
     <mergeCell ref="A1:F1"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="A212" r:id="rId1" display="http://www.assnat.qc.ca/fr/deputes/roy-nathalie-12187/index.html" xr:uid="{8A1BDA29-3A0B-4D44-9FC2-1BF67AFE00BB}"/>
-[...4 lines deleted...]
-    <hyperlink ref="A185:A187" r:id="rId6" display="http://www.assnat.qc.ca/fr/deputes/beaudoin-louise-293/index.html" xr:uid="{5C2C1793-D097-46FB-B179-598CDE621149}"/>
+    <hyperlink ref="A228" r:id="rId1" display="http://www.assnat.qc.ca/fr/deputes/roy-nathalie-12187/index.html" xr:uid="{8A1BDA29-3A0B-4D44-9FC2-1BF67AFE00BB}"/>
+    <hyperlink ref="A225" r:id="rId2" display="http://www.assnat.qc.ca/fr/deputes/robillard-lucienne-5135/index.html" xr:uid="{6DC3851A-BC75-4CD9-B98C-829C2DBEDC25}"/>
+    <hyperlink ref="A222" r:id="rId3" display="http://www.assnat.qc.ca/fr/deputes/robillard-lucienne-5135/index.html" xr:uid="{E5985963-2BA5-4FA2-8061-BA89AAD38BAE}"/>
+    <hyperlink ref="A224" r:id="rId4" display="http://www.assnat.qc.ca/fr/deputes/robillard-lucienne-5135/index.html" xr:uid="{50CCFA4A-95FB-404C-A004-7160C43E059B}"/>
+    <hyperlink ref="A223" r:id="rId5" display="http://www.assnat.qc.ca/fr/deputes/robillard-lucienne-5135/index.html" xr:uid="{10F7C3FE-F79B-4228-B147-5906F2C59774}"/>
+    <hyperlink ref="A197:A199" r:id="rId6" display="http://www.assnat.qc.ca/fr/deputes/beaudoin-louise-293/index.html" xr:uid="{5C2C1793-D097-46FB-B179-598CDE621149}"/>
     <hyperlink ref="A6" r:id="rId7" display="ne" xr:uid="{C7E4B636-7CF9-4BFB-9544-7D4A3ED6968C}"/>
-    <hyperlink ref="A240" r:id="rId8" display="VIEN, Dominique" xr:uid="{361B594D-5430-45DD-9E20-B5DF77FDBED2}"/>
-[...33 lines deleted...]
-    <hyperlink ref="A170" r:id="rId42" display="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/biographie.html" xr:uid="{484DBD5F-9855-4957-9EFC-5AB91A210A4E}"/>
+    <hyperlink ref="A256" r:id="rId8" display="VIEN, Dominique" xr:uid="{361B594D-5430-45DD-9E20-B5DF77FDBED2}"/>
+    <hyperlink ref="A174" r:id="rId9" display="http://www.assnat.qc.ca/fr/deputes/maltais-agnes-57/index.html" xr:uid="{DF00EAF7-E24E-4A13-A979-2B879E1B01C5}"/>
+    <hyperlink ref="A240" r:id="rId10" display="THÉRIAULT, Lise" xr:uid="{F636B2D1-24E1-4706-AAF6-542E76448CAD}"/>
+    <hyperlink ref="A141" r:id="rId11" display="http://www.assnat.qc.ca/fr/deputes/kirkland-casgrain-claire-3799/index.html" xr:uid="{6AE2C381-F5E8-4D8E-B780-4276600E00A1}"/>
+    <hyperlink ref="A255" r:id="rId12" display="VIEN, Dominique" xr:uid="{7A92E516-B8A0-4F29-AF87-2AF985687362}"/>
+    <hyperlink ref="A239" r:id="rId13" display="THÉRIAULT, Lise" xr:uid="{3DB1CE85-BE5D-4421-B569-45AA2F11B47B}"/>
+    <hyperlink ref="A254" r:id="rId14" display="VIEN, Dominique" xr:uid="{B0B00171-3B35-4FAF-A218-3E50629BB4B6}"/>
+    <hyperlink ref="A139" r:id="rId15" xr:uid="{C3149EAB-35D1-42C3-A5BE-A6F9006D5F9E}"/>
+    <hyperlink ref="A151" r:id="rId16" display="LEBEL, Sonia" xr:uid="{E0299771-1A7C-4812-9261-3C6994B98393}"/>
+    <hyperlink ref="A261" r:id="rId17" display="WEIL, Kathleen" xr:uid="{DF16770C-7C0D-4E25-AAD7-FA9B0CD000A2}"/>
+    <hyperlink ref="A60" r:id="rId18" display="http://www.assnat.qc.ca/fr/deputes/charlebois-lucie-1017/index.html" xr:uid="{91693A10-6285-4844-9B30-152CD1B7426E}"/>
+    <hyperlink ref="A244" r:id="rId19" display="THÉRIAULT, Lise" xr:uid="{4145B6C0-16C9-4810-918D-937CD89ED592}"/>
+    <hyperlink ref="A243" r:id="rId20" display="THÉRIAULT, Lise" xr:uid="{65C16D56-ECDA-4841-914F-C88374D9857B}"/>
+    <hyperlink ref="A47" r:id="rId21" display="http://www.assnat.qc.ca/fr/deputes/carrier-perreault-denise-2437/index.html" xr:uid="{8854FCEE-653C-428F-B473-5AEA06FBBBC0}"/>
+    <hyperlink ref="A257" r:id="rId22" display="WEIL, Kathleen" xr:uid="{B19B8108-FA3F-41E3-8066-A6B6594E931F}"/>
+    <hyperlink ref="A85" r:id="rId23" display="http://www.assnat.qc.ca/fr/deputes/dionne-marsolais-rita-2915/index.html" xr:uid="{CD7CDEFA-4E6A-45C5-89FC-3A89A6AC8D7F}"/>
+    <hyperlink ref="A259" r:id="rId24" display="WEIL, Kathleen" xr:uid="{FD09E8E2-7DAA-4015-BA21-D75CCA75D803}"/>
+    <hyperlink ref="A53" r:id="rId25" display="http://www.assnat.qc.ca/fr/deputes/charbonneau-francine-635/index.html" xr:uid="{5C00F53E-19AF-498A-8013-F5089027AB60}"/>
+    <hyperlink ref="A128" r:id="rId26" display="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" xr:uid="{EC70B1F5-10A0-4223-9A62-3A3047F3DC9D}"/>
+    <hyperlink ref="A125" r:id="rId27" display="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" xr:uid="{FCE4DB5F-36E1-4325-AA13-67FF35B8BD1B}"/>
+    <hyperlink ref="A67" r:id="rId28" display="COURCHESNE, Michelle" xr:uid="{ADC8F8F3-A8A7-49BC-8D49-0FBF3FFBE1CF}"/>
+    <hyperlink ref="A248" r:id="rId29" display="http://www.assnat.qc.ca/fr/deputes/trepanier-violette-5621/index.html" xr:uid="{1499F1C6-56A3-4E13-AABE-981B66A8CA82}"/>
+    <hyperlink ref="A188" r:id="rId30" display="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/biographie.html" xr:uid="{27632242-81D3-47DB-AB73-53BF33D836E4}"/>
+    <hyperlink ref="A187" r:id="rId31" display="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/biographie.html" xr:uid="{E7BFD342-3ADD-46FC-B592-9AF62C20529D}"/>
+    <hyperlink ref="A182" r:id="rId32" display="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/biographie.html" xr:uid="{11B65EE6-563A-4AAC-8CAD-FFF1B5E54EC5}"/>
+    <hyperlink ref="A191" r:id="rId33" display="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/biographie.html" xr:uid="{2A4525F4-4DB1-434D-8B70-5425851AF656}"/>
+    <hyperlink ref="A177" r:id="rId34" display="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/biographie.html" xr:uid="{10B09373-509E-4277-9096-40319DEFD635}"/>
+    <hyperlink ref="A192" r:id="rId35" display="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/biographie.html" xr:uid="{7601428A-9398-415E-A5A3-263D06D7841F}"/>
+    <hyperlink ref="A193" r:id="rId36" display="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/biographie.html" xr:uid="{832D4EB1-985C-4779-A1F1-63A66230FE40}"/>
+    <hyperlink ref="A190" r:id="rId37" display="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/biographie.html" xr:uid="{4AEB147F-84C5-49B1-A325-512EA2DAA8FB}"/>
+    <hyperlink ref="A181" r:id="rId38" display="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/biographie.html" xr:uid="{8C977068-F202-4D02-96E3-B70A9D548106}"/>
+    <hyperlink ref="A186" r:id="rId39" display="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/biographie.html" xr:uid="{2BB38783-33E0-4BC0-BACA-812C2117A907}"/>
+    <hyperlink ref="A185" r:id="rId40" display="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/biographie.html" xr:uid="{2CFF6516-0E70-4EFE-9545-D00F8B2C6470}"/>
+    <hyperlink ref="A184" r:id="rId41" display="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/biographie.html" xr:uid="{0E123EDE-5A1E-46C2-9C7F-DCB076F392D4}"/>
+    <hyperlink ref="A180" r:id="rId42" display="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/biographie.html" xr:uid="{484DBD5F-9855-4957-9EFC-5AB91A210A4E}"/>
     <hyperlink ref="A10" r:id="rId43" display="BACON, Lise" xr:uid="{85358AFB-0A18-4963-9FF4-3F973182C681}"/>
     <hyperlink ref="A15" r:id="rId44" display="BEAUCHAMP, Line" xr:uid="{E3639C37-7BDB-448C-8381-D09E41D0602D}"/>
-    <hyperlink ref="A78" r:id="rId45" display="http://www.assnat.qc.ca/fr/deputes/dionne-marsolais-rita-2915/index.html" xr:uid="{79557BB3-4010-4260-AED3-37BBDBCFBA99}"/>
-[...39 lines deleted...]
-    <hyperlink ref="A229" r:id="rId85" display="http://www.assnat.qc.ca/fr/deputes/tremblay-veronyque-16403/index.html" xr:uid="{C0F8393C-6A11-4B07-904F-30D159B5AF8A}"/>
+    <hyperlink ref="A87" r:id="rId45" display="http://www.assnat.qc.ca/fr/deputes/dionne-marsolais-rita-2915/index.html" xr:uid="{79557BB3-4010-4260-AED3-37BBDBCFBA99}"/>
+    <hyperlink ref="A86" r:id="rId46" display="http://www.assnat.qc.ca/fr/deputes/dionne-marsolais-rita-2915/index.html" xr:uid="{B46A6CE8-FA3B-4294-8595-3E8F6E3EFC21}"/>
+    <hyperlink ref="A88" r:id="rId47" display="http://www.assnat.qc.ca/fr/deputes/dionne-marsolais-rita-2915/index.html" xr:uid="{B8FC053E-917D-45AB-9C1B-CEDCBD11D586}"/>
+    <hyperlink ref="A167" r:id="rId48" display="http://www.assnat.qc.ca/fr/deputes/malavoy-marie-255/index.html" xr:uid="{58F072D5-9484-426B-BD22-613D1FBCF732}"/>
+    <hyperlink ref="A232" r:id="rId49" display="http://www.assnat.qc.ca/fr/deputes/st-pierre-christine-1235/index.html" xr:uid="{66015D90-B673-43A6-A3B3-B2167B64E704}"/>
+    <hyperlink ref="A43" r:id="rId50" display="BOULET, Julie" xr:uid="{AC83B072-88B4-4AA6-A88D-1D27E1FDA2FE}"/>
+    <hyperlink ref="A42" r:id="rId51" display="BOULET, Julie" xr:uid="{32F423F6-F1EC-4A8B-92E7-899439F65FB7}"/>
+    <hyperlink ref="A45" r:id="rId52" display="BOULET, Julie" xr:uid="{846ED5EC-A368-4957-A9CF-D365CA34F657}"/>
+    <hyperlink ref="A41" r:id="rId53" display="BOULET, Julie" xr:uid="{098657D5-6134-4855-B334-3B9F803D8ED5}"/>
+    <hyperlink ref="A99" r:id="rId54" display="http://www.assnat.qc.ca/fr/deputes/frulla-liza-3285/index.html" xr:uid="{7062D62D-5D77-4245-91B2-F2F50C020999}"/>
+    <hyperlink ref="A98" r:id="rId55" display="http://www.assnat.qc.ca/fr/deputes/frulla-liza-3285/index.html" xr:uid="{FC277F3E-31C7-4ACB-A0DD-3AB4E0DAB45F}"/>
+    <hyperlink ref="A211" r:id="rId56" display="http://www.assnat.qc.ca/fr/deputes/payette-lise-4789/index.html" xr:uid="{69D8CBBC-AB25-4124-8E5B-D13E48E397F1}"/>
+    <hyperlink ref="A100" r:id="rId57" display="GAGNON-TREMBLAY, Monique" xr:uid="{B57A9E48-9F23-4F06-9FB9-E2F3B65E811D}"/>
+    <hyperlink ref="A107" r:id="rId58" display="GAGNON-TREMBLAY, Monique" xr:uid="{DFE23DD8-8780-419E-85D4-ED13EAE22B10}"/>
+    <hyperlink ref="A104" r:id="rId59" display="GAGNON-TREMBLAY, Monique" xr:uid="{C31F5092-3F00-4CBF-8529-71429ECE31D4}"/>
+    <hyperlink ref="A102" r:id="rId60" display="GAGNON-TREMBLAY, Monique" xr:uid="{E84D6F77-10B3-480A-ACD9-BDA570FDB493}"/>
+    <hyperlink ref="A105" r:id="rId61" display="GAGNON-TREMBLAY, Monique" xr:uid="{48A99A67-91DA-411E-B192-7EC1938C5A77}"/>
+    <hyperlink ref="A108" r:id="rId62" display="GAGNON-TREMBLAY, Monique" xr:uid="{64BF876A-CB53-42EA-8166-CC6616BFD3B5}"/>
+    <hyperlink ref="A178" r:id="rId63" display="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/index.html" xr:uid="{C76F99A1-8F1A-470A-8CD5-7D01FF1DB19E}"/>
+    <hyperlink ref="A176" r:id="rId64" display="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/index.html" xr:uid="{19D233E7-2817-471F-9890-7AD5FCEB4054}"/>
+    <hyperlink ref="A38" r:id="rId65" display="BLAIS, Marguerite" xr:uid="{219FE7A3-A002-42D0-9BB6-010686409D4D}"/>
+    <hyperlink ref="A54" r:id="rId66" display="http://www.assnat.qc.ca/fr/deputes/charbonneau-francine-635/index.html" xr:uid="{A68E0E73-35B7-406C-8815-ADB5A52E965B}"/>
+    <hyperlink ref="A202" r:id="rId67" display="http://www.assnat.qc.ca/fr/deputes/normandeau-nathalie-1063/index.html" xr:uid="{1340EFB8-C53B-487E-BB44-661230E9849D}"/>
+    <hyperlink ref="A112" r:id="rId68" display="http://www.assnat.qc.ca/fr/deputes/girault-nadine-17839/index.html" xr:uid="{EC8C501F-C1C1-45DD-882C-61C31F72405B}"/>
+    <hyperlink ref="A195" r:id="rId69" display="http://www.assnat.qc.ca/fr/deputes/mccann-danielle-17887/index.html" xr:uid="{21C266FB-CD8E-40FB-A1AF-563B3C67E5E2}"/>
+    <hyperlink ref="A153" r:id="rId70" display="http://www.assnat.qc.ca/fr/deputes/lebel-sonia-17847/index.html" xr:uid="{2DD82B47-A080-49F1-9849-82294631D7D2}"/>
+    <hyperlink ref="A226" r:id="rId71" display="http://www.assnat.qc.ca/fr/deputes/rouleau-chantal-17931/index.html" xr:uid="{8AA1B3A9-D834-4317-B5FD-A947F848E8DE}"/>
+    <hyperlink ref="A119" r:id="rId72" display="http://www.assnat.qc.ca/fr/deputes/guilbault-genevieve-16885/index.html" xr:uid="{1B45EC7A-55A6-417C-8690-28675F48F763}"/>
+    <hyperlink ref="A212" r:id="rId73" display="http://www.assnat.qc.ca/fr/deputes/proulx-caroline-17837/index.html" xr:uid="{DED18D6B-2555-4DC8-89E5-77569ACBEFB2}"/>
+    <hyperlink ref="A194" r:id="rId74" display="http://www.assnat.qc.ca/fr/deputes/mccann-danielle-17887/index.html" xr:uid="{9E402F19-FCDC-4870-B0DF-408E628B3547}"/>
+    <hyperlink ref="A111" r:id="rId75" display="http://www.assnat.qc.ca/fr/deputes/girault-nadine-17839/index.html" xr:uid="{2CD508C6-8C7D-428B-95BB-BC2B2E25D9D9}"/>
+    <hyperlink ref="A229" r:id="rId76" display="http://www.assnat.qc.ca/fr/deputes/roy-nathalie-12187/index.html" xr:uid="{C8405BE7-320C-4F6A-9806-8853BEDB8A68}"/>
+    <hyperlink ref="A150" r:id="rId77" display="http://www.assnat.qc.ca/fr/deputes/lebel-sonia-17847/index.html" xr:uid="{7F37A2D7-0EB4-4733-913A-1A4516B295B2}"/>
+    <hyperlink ref="A61" r:id="rId78" display="http://www.assnat.qc.ca/fr/deputes/chasse-mariechantal-17865/index.html" xr:uid="{344BB158-F475-42AF-BFB8-D48E5B488B12}"/>
+    <hyperlink ref="A55" r:id="rId79" display="http://www.assnat.qc.ca/fr/deputes/charest-isabelle-17845/index.html" xr:uid="{DC688A6C-A911-4E88-B071-F8C92875C8B2}"/>
+    <hyperlink ref="A56" r:id="rId80" display="CHAREST, Isabelle" xr:uid="{494FC230-B9C9-4A33-874C-C753509C2EB0}"/>
+    <hyperlink ref="A217" r:id="rId81" display="http://www.assnat.qc.ca/fr/deputes/proulx-marie-eve-17915/index.html" xr:uid="{8A8A190F-FB05-4B12-A551-AEDEDBF61D7C}"/>
+    <hyperlink ref="A149" r:id="rId82" display="http://www.assnat.qc.ca/fr/deputes/lebel-sonia-17847/index.html" xr:uid="{DA27EB7E-7924-4040-AB51-620FD3D06909}"/>
+    <hyperlink ref="A144" r:id="rId83" display="http://www.assnat.qc.ca/fr/deputes/laforest-andree-17913/index.html" xr:uid="{68937BF0-40CB-4C5A-9756-3570B94A5865}"/>
+    <hyperlink ref="A69" r:id="rId84" display="http://www.assnat.qc.ca/fr/deputes/d-amours-sylvie-15399/index.html" xr:uid="{413C0423-1FED-4874-8480-3419B8EA7CE8}"/>
+    <hyperlink ref="A245" r:id="rId85" display="http://www.assnat.qc.ca/fr/deputes/tremblay-veronyque-16403/index.html" xr:uid="{C0F8393C-6A11-4B07-904F-30D159B5AF8A}"/>
     <hyperlink ref="A4" r:id="rId86" display="http://www.assnat.qc.ca/fr/deputes/anglade-dominique-16499/index.html" xr:uid="{BA5529B4-A974-4929-80B5-738AAD9071E3}"/>
-    <hyperlink ref="A225" r:id="rId87" display="http://www.assnat.qc.ca/fr/deputes/theriault-lise-1355/index.html" xr:uid="{CED9DED2-D008-4726-8DE8-D8A0A9C7146A}"/>
-[...6 lines deleted...]
-    <hyperlink ref="A65" r:id="rId94" display="http://www.assnat.qc.ca/fr/deputes/david-helene-15379/index.html" xr:uid="{08819B47-4B43-49F0-9F46-438A621C1A2C}"/>
+    <hyperlink ref="A241" r:id="rId87" display="http://www.assnat.qc.ca/fr/deputes/theriault-lise-1355/index.html" xr:uid="{CED9DED2-D008-4726-8DE8-D8A0A9C7146A}"/>
+    <hyperlink ref="A234" r:id="rId88" display="http://www.assnat.qc.ca/fr/deputes/st-pierre-christine-1235/index.html" xr:uid="{D1AB1B61-FE51-4EA7-90E4-F89DE66520DC}"/>
+    <hyperlink ref="A59" r:id="rId89" display="http://www.assnat.qc.ca/fr/deputes/charlebois-lucie-1017/index.html" xr:uid="{C0308014-E39A-4571-B302-589810E04269}"/>
+    <hyperlink ref="A199" r:id="rId90" display="http://www.assnat.qc.ca/fr/deputes/montpetit-marie-15369/index.html" xr:uid="{5F3654DA-7CC8-4416-A71E-05D7C9780710}"/>
+    <hyperlink ref="A71" r:id="rId91" display="http://www.assnat.qc.ca/fr/deputes/david-helene-15379/index.html" xr:uid="{7AEF3D29-641F-4409-85E5-40EED0370898}"/>
+    <hyperlink ref="A252" r:id="rId92" display="http://www.assnat.qc.ca/fr/deputes/vallee-stephanie-223/index.html" xr:uid="{E1931895-140D-49B7-A300-50CFD0D3924A}"/>
+    <hyperlink ref="A52" r:id="rId93" display="http://www.assnat.qc.ca/fr/deputes/charbonneau-francine-635/index.html" xr:uid="{FD2EB854-3EA6-4020-A200-21A7D88D53CB}"/>
+    <hyperlink ref="A72" r:id="rId94" display="http://www.assnat.qc.ca/fr/deputes/david-helene-15379/index.html" xr:uid="{08819B47-4B43-49F0-9F46-438A621C1A2C}"/>
     <hyperlink ref="A3" r:id="rId95" display="http://www.assnat.qc.ca/fr/deputes/anglade-dominique-16499/index.html" xr:uid="{79D28C4B-6E18-42AA-8AB7-B0C62F00B23F}"/>
-    <hyperlink ref="A184" r:id="rId96" display="http://www.assnat.qc.ca/fr/deputes/melancon-isabelle-16779/index.html" xr:uid="{0E86AA6D-7D3B-4CCF-9775-C9DEB1E37650}"/>
-[...43 lines deleted...]
-    <hyperlink ref="A188" r:id="rId140" display="NORMANDEAU, Nathalie" xr:uid="{ADB66613-4130-4385-8906-206517010139}"/>
+    <hyperlink ref="A196" r:id="rId96" display="http://www.assnat.qc.ca/fr/deputes/melancon-isabelle-16779/index.html" xr:uid="{0E86AA6D-7D3B-4CCF-9775-C9DEB1E37650}"/>
+    <hyperlink ref="A198" r:id="rId97" display="MONTPETIT, Marie" xr:uid="{959D6E74-0850-423C-B90F-6052AF890BC8}"/>
+    <hyperlink ref="A73" r:id="rId98" display="DAVID, Hélène" xr:uid="{17B95E66-AAEC-469A-8473-6E7EAA2A21D0}"/>
+    <hyperlink ref="A242" r:id="rId99" display="THÉRIAULT, Lise" xr:uid="{3987B901-A3D8-4453-A86D-E8EC07D6F562}"/>
+    <hyperlink ref="A70" r:id="rId100" display="http://www.assnat.qc.ca/fr/deputes/david-helene-15379/index.html" xr:uid="{C04A004E-2BD1-4E13-B8A3-AE1F9C9BA6E2}"/>
+    <hyperlink ref="A251" r:id="rId101" display="http://www.assnat.qc.ca/fr/deputes/vallee-stephanie-223/index.html" xr:uid="{768C69CE-D3B9-4EED-88F4-00453C4C1BCB}"/>
+    <hyperlink ref="A51" r:id="rId102" display="http://www.assnat.qc.ca/fr/deputes/charbonneau-francine-635/index.html" xr:uid="{E0BDE648-29A4-4E5D-84C1-FC24F82976E5}"/>
+    <hyperlink ref="A260" r:id="rId103" display="WEIL, Kathleen" xr:uid="{54CBA1A7-5984-4B92-99DD-3A14961867D3}"/>
+    <hyperlink ref="A76" r:id="rId104" display="DE SANTIS, Rita Lc" xr:uid="{D04C681E-42FF-4890-94A7-429ADB0553A8}"/>
+    <hyperlink ref="A134" r:id="rId105" display="http://www.assnat.qc.ca/fr/deputes/hivon-veronique-27/index.html" xr:uid="{079F0F2F-3E6A-40EE-A022-F5F7CA581122}"/>
+    <hyperlink ref="A133" r:id="rId106" display="http://www.assnat.qc.ca/fr/deputes/hivon-veronique-27/index.html" xr:uid="{49EF3BA3-8CC8-454C-A02E-2729F22E4870}"/>
+    <hyperlink ref="A205" r:id="rId107" display="http://www.assnat.qc.ca/fr/deputes/ouellet-martine-8431/index.html" xr:uid="{5084D20D-A774-4C1D-BCEA-0AAE661898EC}"/>
+    <hyperlink ref="A262" r:id="rId108" display="http://www.assnat.qc.ca/fr/deputes/zakaib-elaine-12197/index.html" xr:uid="{3222133B-FEF4-4A69-8036-39B001A128B4}"/>
+    <hyperlink ref="A75" r:id="rId109" display="http://www.assnat.qc.ca/fr/deputes/de-courcy-diane-12221/index.html" xr:uid="{484D1FDD-D8A3-4CFA-B491-DC9448CC1B72}"/>
+    <hyperlink ref="A161" r:id="rId110" display="http://www.assnat.qc.ca/fr/deputes/leger-nicole-63/index.html" xr:uid="{D3DB0AC3-2F3F-4E5E-B334-1630642BD7C0}"/>
+    <hyperlink ref="A173" r:id="rId111" display="http://www.assnat.qc.ca/fr/deputes/maltais-agnes-57/index.html" xr:uid="{B810258C-6A12-46FE-982B-0A0C73C5663B}"/>
+    <hyperlink ref="A168" r:id="rId112" display="http://www.assnat.qc.ca/fr/deputes/malavoy-marie-255/index.html" xr:uid="{F77B062B-E109-49FB-9AFB-227BCC657072}"/>
+    <hyperlink ref="A172" r:id="rId113" display="MALTAIS, Agnès" xr:uid="{00630A4A-52FF-4F8F-95EC-A91261BBE0F3}"/>
+    <hyperlink ref="A74" r:id="rId114" display="DE COURCY, Diane" xr:uid="{48805445-E792-4DEE-A131-853EDFFA71CD}"/>
+    <hyperlink ref="A147" r:id="rId115" display="LAROUCHE, Élizabeth" xr:uid="{357DE503-DDC5-44E2-ADCD-24CBEDE68E09}"/>
+    <hyperlink ref="A197" r:id="rId116" display="MÉNARD, Nicole" xr:uid="{8DB2F0D4-A785-4AE0-95C6-CBF286E3BA5B}"/>
+    <hyperlink ref="A253" r:id="rId117" display="VIEN, Dominique" xr:uid="{66650F89-0DA6-4443-A4B7-AECEBEC3AABB}"/>
+    <hyperlink ref="A203" r:id="rId118" display="NORMANDEAU, Nathalie" xr:uid="{3F6602CD-FDB6-445A-B8DC-6692AB7DACC1}"/>
+    <hyperlink ref="A140" r:id="rId119" xr:uid="{28045504-E7E7-48E4-9AC9-CFEFDB88D35E}"/>
+    <hyperlink ref="A258" r:id="rId120" display="WEIL, Kathleen" xr:uid="{3393C603-9A5F-4FD3-A877-526A9467484D}"/>
+    <hyperlink ref="A136" r:id="rId121" display="JAMES, Yolande" xr:uid="{1A4DFCDC-5FBF-4882-B27E-7BC8B1529707}"/>
+    <hyperlink ref="A44" r:id="rId122" display="BOULET, Julie" xr:uid="{CDB4FF94-A828-40ED-8D81-B851EBE2488D}"/>
+    <hyperlink ref="A66" r:id="rId123" display="COURCHESNE, Michelle" xr:uid="{AFBF7B15-CA95-4C39-98EA-3828E3D07CB1}"/>
+    <hyperlink ref="A37" r:id="rId124" display="BLAIS, Marguerite" xr:uid="{107290C2-A84F-42A1-BDCC-F8C56B54D2B0}"/>
+    <hyperlink ref="A204" r:id="rId125" display="NORMANDEAU, Nathalie" xr:uid="{B61003EC-F88E-45CD-A42E-B2D3B89377BF}"/>
+    <hyperlink ref="A68" r:id="rId126" display="COURCHESNE, Michelle" xr:uid="{6FA28623-7CAA-4908-BACA-3992E7B6FE0B}"/>
+    <hyperlink ref="A106" r:id="rId127" display="GAGNON-TREMBLAY, Monique" xr:uid="{F1061C0E-9C81-46DA-937C-576B4C985003}"/>
+    <hyperlink ref="A135" r:id="rId128" display="JAMES, Yolande" xr:uid="{B6B3113E-1733-47CA-8C16-57E0029D9A64}"/>
+    <hyperlink ref="A138" r:id="rId129" display="JÉRÔME-FORGET, Monique" xr:uid="{F29DF969-AE69-45EC-9A14-DFEBEFEEA232}"/>
+    <hyperlink ref="A36" r:id="rId130" display="BLAIS, Marguerite" xr:uid="{DCA92FBD-54A9-4A00-9B09-0B9C628CAE87}"/>
+    <hyperlink ref="A137" r:id="rId131" display="JÉRÔME-FORGET, Monique" xr:uid="{AD9291A4-A3FD-407D-BF10-6F79E4AA0AEB}"/>
+    <hyperlink ref="A110" r:id="rId132" display="GAUTHIER, Françoise" xr:uid="{D8DE4DAC-D834-4CB2-859B-7BAD245C0E98}"/>
+    <hyperlink ref="A40" r:id="rId133" display="BOULET, Julie" xr:uid="{7392B80C-D6C8-4D65-87B9-5711A731BED3}"/>
+    <hyperlink ref="A64" r:id="rId134" display="http://www.assnat.qc.ca/fr/deputes/courchesne-michelle-859/biographie.html" xr:uid="{418BB3A6-B01D-42CB-BC05-ECBED15A1C55}"/>
+    <hyperlink ref="A77" r:id="rId135" display="DELISLE, Margaret F." xr:uid="{D19E167B-702E-4BF7-976D-7F4172AAFC74}"/>
+    <hyperlink ref="A238" r:id="rId136" display="THÉRIAULT, Lise" xr:uid="{0FF3E4EC-3D34-45F9-AB29-BA38FC67B6C7}"/>
+    <hyperlink ref="A237" r:id="rId137" display="THÉBERGE, Carole" xr:uid="{E0FA3682-A7DA-4601-B102-7FDAEB709970}"/>
+    <hyperlink ref="A235" r:id="rId138" display="THÉBERGE, Carole" xr:uid="{1863113E-9DAA-4AD7-987A-9FF3FFBD9051}"/>
+    <hyperlink ref="A65" r:id="rId139" display="COURCHESNE, Michelle" xr:uid="{C3FFBABC-DBCC-4C1F-97A7-329D62CE352A}"/>
+    <hyperlink ref="A200" r:id="rId140" display="NORMANDEAU, Nathalie" xr:uid="{ADB66613-4130-4385-8906-206517010139}"/>
     <hyperlink ref="A14" r:id="rId141" display="BEAUCHAMP, Line" xr:uid="{2D6B2FC9-F59F-4230-A14F-09CD381B0DB9}"/>
-    <hyperlink ref="A99" r:id="rId142" display="GAUTHIER, Françoise" xr:uid="{B3D544E0-8885-4A15-9F92-656648532E24}"/>
-[...6 lines deleted...]
-    <hyperlink ref="A196" r:id="rId149" display="http://www.assnat.qc.ca/fr/deputes/papineau-lucie-4733/index.html" xr:uid="{92C52059-FF2E-4FB2-9022-18CAA509057C}"/>
+    <hyperlink ref="A109" r:id="rId142" display="GAUTHIER, Françoise" xr:uid="{B3D544E0-8885-4A15-9F92-656648532E24}"/>
+    <hyperlink ref="A201" r:id="rId143" display="http://www.assnat.qc.ca/fr/deputes/normandeau-nathalie-1063/index.html" xr:uid="{801021B9-2D07-4B49-8D1B-BC4CD2D618AC}"/>
+    <hyperlink ref="A118" r:id="rId144" display="http://www.assnat.qc.ca/fr/deputes/goupil-linda-3501/index.html" xr:uid="{1F6F9664-45BA-40CE-81EA-865D512228B9}"/>
+    <hyperlink ref="A170" r:id="rId145" display="http://www.assnat.qc.ca/fr/deputes/maltais-agnes-57/index.html" xr:uid="{EC8ED65A-D4E1-40EE-8924-330BFB02E569}"/>
+    <hyperlink ref="A207" r:id="rId146" display="http://www.assnat.qc.ca/fr/deputes/papineau-lucie-4733/index.html" xr:uid="{8EA0BC55-02FA-444E-A71C-BD02571574CF}"/>
+    <hyperlink ref="A58" r:id="rId147" display="http://www.assnat.qc.ca/fr/deputes/charest-solange-2521/index.html" xr:uid="{AA4916EF-2DF4-4BB0-AE58-2572B0E4B987}"/>
+    <hyperlink ref="A160" r:id="rId148" display="http://www.assnat.qc.ca/fr/deputes/leger-nicole-63/index.html" xr:uid="{5406030E-2D3E-4622-A909-2265BE4BD92F}"/>
+    <hyperlink ref="A208" r:id="rId149" display="http://www.assnat.qc.ca/fr/deputes/papineau-lucie-4733/index.html" xr:uid="{92C52059-FF2E-4FB2-9022-18CAA509057C}"/>
     <hyperlink ref="A21" r:id="rId150" display="http://www.assnat.qc.ca/fr/deputes/beaudoin-louise-293/index.html" xr:uid="{BFE5CD73-EE60-4363-850B-D4DC0646236D}"/>
-    <hyperlink ref="A106" r:id="rId151" display="http://www.assnat.qc.ca/fr/deputes/goupil-linda-3501/index.html" xr:uid="{E67E7188-9A6F-463F-AF27-9226CB211699}"/>
-[...19 lines deleted...]
-    <hyperlink ref="A113" r:id="rId171" display="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" xr:uid="{0BE2752C-8DAF-4595-9358-FAFE7DC8E0B3}"/>
+    <hyperlink ref="A116" r:id="rId151" display="http://www.assnat.qc.ca/fr/deputes/goupil-linda-3501/index.html" xr:uid="{E67E7188-9A6F-463F-AF27-9226CB211699}"/>
+    <hyperlink ref="A89" r:id="rId152" display="http://www.assnat.qc.ca/fr/deputes/dionne-marsolais-rita-2915/index.html" xr:uid="{DF0B2CAC-1B5D-428C-AF6B-D785F34146CB}"/>
+    <hyperlink ref="A171" r:id="rId153" display="http://www.assnat.qc.ca/fr/deputes/maltais-agnes-57/biographie.html" xr:uid="{64F7E7E3-7CAC-4E46-B403-DF75AFB1D1B1}"/>
+    <hyperlink ref="A189" r:id="rId154" display="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/biographie.html" xr:uid="{54DBA49B-3F64-4168-ADE2-C21E9DABA103}"/>
+    <hyperlink ref="A117" r:id="rId155" display="http://www.assnat.qc.ca/fr/deputes/goupil-linda-3501/index.html" xr:uid="{1A86C47A-759D-420E-B399-D32B32E98D19}"/>
+    <hyperlink ref="A115" r:id="rId156" display="http://www.assnat.qc.ca/fr/deputes/goupil-linda-3501/index.html" xr:uid="{D86B2CC8-D4CF-4BCE-9F09-BA5FD8CEC13B}"/>
+    <hyperlink ref="A165" r:id="rId157" display="http://www.assnat.qc.ca/fr/deputes/lemieux-diane-4157/index.html" xr:uid="{4925BE0B-F35F-4639-9D3A-0DA2A72F60F0}"/>
+    <hyperlink ref="A46" r:id="rId158" display="http://www.assnat.qc.ca/fr/deputes/caron-jocelyne-2411/index.html" xr:uid="{D0B21CA9-C25A-409C-A580-457763D161E8}"/>
+    <hyperlink ref="A114" r:id="rId159" display="http://www.assnat.qc.ca/fr/deputes/goupil-linda-3501/index.html" xr:uid="{61D19AC8-0786-4745-A116-E0D18C00BD65}"/>
+    <hyperlink ref="A169" r:id="rId160" display="http://www.assnat.qc.ca/fr/deputes/maltais-agnes-57/index.html" xr:uid="{2685A0F2-C8BE-414B-9370-B04ED65C3D90}"/>
+    <hyperlink ref="A132" r:id="rId161" display="HAREL, Louise" xr:uid="{7B8CEE2A-A320-4538-B9E3-E616168F7588}"/>
+    <hyperlink ref="A131" r:id="rId162" display="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" xr:uid="{81DFC5FD-D00D-4B13-82B2-8FC22E4050BA}"/>
+    <hyperlink ref="A130" r:id="rId163" display="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" xr:uid="{4EEE347C-EFE5-4A7C-ABBF-5CB8B11F8D85}"/>
+    <hyperlink ref="A48" r:id="rId164" display="http://www.assnat.qc.ca/fr/deputes/carrier-perreault-denise-2437/index.html" xr:uid="{6EC25344-5198-4083-82F4-655ACFA59F21}"/>
+    <hyperlink ref="A159" r:id="rId165" display="http://www.assnat.qc.ca/fr/deputes/leger-nicole-63/index.html" xr:uid="{4AAE7000-F3FC-4E9E-942C-52444618BF3F}"/>
+    <hyperlink ref="A129" r:id="rId166" display="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" xr:uid="{9C1356E0-FF62-4F87-8C95-1F386B15F0BC}"/>
+    <hyperlink ref="A127" r:id="rId167" display="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" xr:uid="{86CA12D0-2BDC-4A85-AA2F-5B4D9C89BF83}"/>
+    <hyperlink ref="A183" r:id="rId168" display="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/index.html" xr:uid="{1AF5240A-2A7A-4BF3-AEC4-930747DEF4DB}"/>
+    <hyperlink ref="A82" r:id="rId169" display="http://www.assnat.qc.ca/fr/deputes/dionne-marsolais-rita-2915/index.html" xr:uid="{87AF883E-8E03-4D29-B376-F3A08FE297F9}"/>
+    <hyperlink ref="A35" r:id="rId170" display="http://www.assnat.qc.ca/fr/deputes/blackburn-jeanne-l-2113/index.html" xr:uid="{7519B69D-3932-48DE-82C0-4F7E772847CC}"/>
+    <hyperlink ref="A124" r:id="rId171" display="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" xr:uid="{0BE2752C-8DAF-4595-9358-FAFE7DC8E0B3}"/>
     <hyperlink ref="A19" r:id="rId172" display="http://www.assnat.qc.ca/fr/deputes/beaudoin-louise-293/index.html" xr:uid="{50CF18FF-B66F-49EC-A288-20D50CD1A165}"/>
-    <hyperlink ref="A75" r:id="rId173" display="http://www.assnat.qc.ca/fr/deputes/dionne-marsolais-rita-2915/index.html" xr:uid="{763E9197-1EDB-4B84-B20E-7D3B45F9E658}"/>
-[...3 lines deleted...]
-    <hyperlink ref="A154" r:id="rId177" display="http://www.assnat.qc.ca/fr/deputes/malavoy-marie-255/index.html" xr:uid="{196895A7-0BA9-4B99-870A-CEE4DA66A3B0}"/>
+    <hyperlink ref="A84" r:id="rId173" display="http://www.assnat.qc.ca/fr/deputes/dionne-marsolais-rita-2915/index.html" xr:uid="{763E9197-1EDB-4B84-B20E-7D3B45F9E658}"/>
+    <hyperlink ref="A34" r:id="rId174" display="http://www.assnat.qc.ca/fr/deputes/blackburn-jeanne-l-2113/index.html" xr:uid="{A613B97E-D92E-41B9-BC81-33EC453AEFDC}"/>
+    <hyperlink ref="A123" r:id="rId175" display="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" xr:uid="{889DA4AD-D026-4696-99E1-0BAE9508EB13}"/>
+    <hyperlink ref="A83" r:id="rId176" display="http://www.assnat.qc.ca/fr/deputes/dionne-marsolais-rita-2915/index.html" xr:uid="{5C900496-98B1-4312-B236-1EDB53CCD4A6}"/>
+    <hyperlink ref="A166" r:id="rId177" display="http://www.assnat.qc.ca/fr/deputes/malavoy-marie-255/index.html" xr:uid="{196895A7-0BA9-4B99-870A-CEE4DA66A3B0}"/>
     <hyperlink ref="A17" r:id="rId178" display="http://www.assnat.qc.ca/fr/deputes/beaudoin-louise-293/index.html" xr:uid="{2A0A9243-268B-4639-8BF2-92A11EA63CF0}"/>
-    <hyperlink ref="A166" r:id="rId179" display="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/index.html" xr:uid="{DE83D259-3B37-493C-BD81-40423C051A19}"/>
-[...3 lines deleted...]
-    <hyperlink ref="A204" r:id="rId183" display="http://www.assnat.qc.ca/fr/deputes/robic-louise-5125/index.html" xr:uid="{AEB47FBA-09CE-4F8B-A5DA-01FF6364EC6B}"/>
+    <hyperlink ref="A179" r:id="rId179" display="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/index.html" xr:uid="{DE83D259-3B37-493C-BD81-40423C051A19}"/>
+    <hyperlink ref="A250" r:id="rId180" display="http://www.assnat.qc.ca/fr/deputes/trepanier-violette-5621/index.html" xr:uid="{75ED86B0-D59F-4363-A849-1B570E896D86}"/>
+    <hyperlink ref="A249" r:id="rId181" display="http://www.assnat.qc.ca/fr/deputes/trepanier-violette-5621/index.html" xr:uid="{6DDC3B3C-20D9-43E4-A244-F6C68E7A17E3}"/>
+    <hyperlink ref="A103" r:id="rId182" display="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" xr:uid="{E23AAFBB-27F4-41AB-8061-ECC8B96FEE90}"/>
+    <hyperlink ref="A220" r:id="rId183" display="http://www.assnat.qc.ca/fr/deputes/robic-louise-5125/index.html" xr:uid="{AEB47FBA-09CE-4F8B-A5DA-01FF6364EC6B}"/>
     <hyperlink ref="A11" r:id="rId184" display="BACON, Lise" xr:uid="{4C4B296A-6028-40B4-B63C-A09E9329603B}"/>
-    <hyperlink ref="A87" r:id="rId185" display="http://www.assnat.qc.ca/fr/deputes/frulla-liza-3285/index.html" xr:uid="{268079C9-476F-4D40-B8B4-44D0E9CA87D1}"/>
-[...3 lines deleted...]
-    <hyperlink ref="A205" r:id="rId189" display="http://www.assnat.qc.ca/fr/deputes/robillard-lucienne-5135/index.html" xr:uid="{A88972EC-29D8-46ED-A78E-01E25BB5AB7B}"/>
+    <hyperlink ref="A97" r:id="rId185" display="http://www.assnat.qc.ca/fr/deputes/frulla-liza-3285/index.html" xr:uid="{268079C9-476F-4D40-B8B4-44D0E9CA87D1}"/>
+    <hyperlink ref="A95" r:id="rId186" display="http://www.assnat.qc.ca/fr/deputes/frulla-liza-3285/index.html" xr:uid="{E095F462-8990-4813-9C28-87A881AA24E4}"/>
+    <hyperlink ref="A101" r:id="rId187" display="http://www.assnat.qc.ca/fr/deputes/gagnon-tremblay-monique-725/index.html" xr:uid="{B6A3447D-D81C-42F4-84F5-A618FDB23A03}"/>
+    <hyperlink ref="A96" r:id="rId188" display="http://www.assnat.qc.ca/fr/deputes/frulla-liza-3285/index.html" xr:uid="{D9F5B7FD-8D2D-47A0-AD55-319B23D8233C}"/>
+    <hyperlink ref="A221" r:id="rId189" display="http://www.assnat.qc.ca/fr/deputes/robillard-lucienne-5135/index.html" xr:uid="{A88972EC-29D8-46ED-A78E-01E25BB5AB7B}"/>
     <hyperlink ref="A9" r:id="rId190" display="BACON, Lise" xr:uid="{D12A4B91-5C4E-4353-91A2-8C252F0BC2D2}"/>
-    <hyperlink ref="A203" r:id="rId191" display="http://www.assnat.qc.ca/fr/deputes/robic-louise-5125/index.html" xr:uid="{17CC0314-074B-4DFB-84A0-2725A4936EF7}"/>
-[...9 lines deleted...]
-    <hyperlink ref="A194" r:id="rId201" display="http://www.assnat.qc.ca/fr/deputes/ouellette-jocelyne-4687/index.html" xr:uid="{CF494FF6-E88A-4554-AD46-BE7B5ABEC4ED}"/>
+    <hyperlink ref="A219" r:id="rId191" display="http://www.assnat.qc.ca/fr/deputes/robic-louise-5125/index.html" xr:uid="{17CC0314-074B-4DFB-84A0-2725A4936EF7}"/>
+    <hyperlink ref="A148" r:id="rId192" display="http://www.assnat.qc.ca/fr/deputes/lavoie-roux-therese-4045/index.html" xr:uid="{467473CC-8CEA-45D0-8AB2-AB126E4700C2}"/>
+    <hyperlink ref="A218" r:id="rId193" display="http://www.assnat.qc.ca/fr/deputes/robic-louise-5125/index.html" xr:uid="{E78CB0DF-AA01-462E-ABA6-1F46DFE99E35}"/>
+    <hyperlink ref="A246" r:id="rId194" display="http://www.assnat.qc.ca/fr/deputes/trepanier-violette-5621/index.html" xr:uid="{775B2D68-E710-472E-93E4-45E4480E3B49}"/>
+    <hyperlink ref="A156" r:id="rId195" display="http://www.assnat.qc.ca/fr/deputes/leblanc-denise-4073/index.html" xr:uid="{04D040FB-8904-4F0E-9893-150645037BFE}"/>
+    <hyperlink ref="A157" r:id="rId196" display="http://www.assnat.qc.ca/fr/deputes/leblanc-denise-4073/index.html" xr:uid="{F998F561-A378-454F-BDCF-0CCBCF744BE8}"/>
+    <hyperlink ref="A175" r:id="rId197" display="http://www.assnat.qc.ca/fr/deputes/marois-pauline-79/index.html" xr:uid="{FB396384-458C-4971-A6C6-B54B9DFF8471}"/>
+    <hyperlink ref="A122" r:id="rId198" display="http://www.assnat.qc.ca/fr/deputes/harel-louise-3597/index.html" xr:uid="{3A242FE9-599F-47BD-A868-C871E696E605}"/>
+    <hyperlink ref="A209" r:id="rId199" display="http://www.assnat.qc.ca/fr/deputes/payette-lise-4789/index.html" xr:uid="{F1EDF140-5F24-452E-929A-EBB7ACEA9C79}"/>
+    <hyperlink ref="A210" r:id="rId200" display="http://www.assnat.qc.ca/fr/deputes/payette-lise-4789/index.html" xr:uid="{2C824D9E-C703-4D23-84E6-9EE6D99E0568}"/>
+    <hyperlink ref="A206" r:id="rId201" display="http://www.assnat.qc.ca/fr/deputes/ouellette-jocelyne-4687/index.html" xr:uid="{CF494FF6-E88A-4554-AD46-BE7B5ABEC4ED}"/>
     <hyperlink ref="A8" r:id="rId202" display="http://www.assnat.qc.ca/fr/deputes/bacon-lise-1807/index.html" xr:uid="{95330F7E-9C6E-4806-9BC4-E25165C7F1BD}"/>
     <hyperlink ref="A7" r:id="rId203" display="http://www.assnat.qc.ca/fr/deputes/bacon-lise-1807/index.html" xr:uid="{E964A514-20F1-44FF-9C1A-B5F2637BB1D1}"/>
-    <hyperlink ref="A132" r:id="rId204" display="http://www.assnat.qc.ca/fr/deputes/kirkland-casgrain-claire-3799/index.html" xr:uid="{165D0706-ABEE-4257-8962-55B24D5C68F4}"/>
-    <hyperlink ref="A131" r:id="rId205" display="http://www.assnat.qc.ca/fr/deputes/kirkland-casgrain-claire-3799/index.html" xr:uid="{D5347976-07DC-42FC-B255-377CE8471D9E}"/>
+    <hyperlink ref="A143" r:id="rId204" display="http://www.assnat.qc.ca/fr/deputes/kirkland-casgrain-claire-3799/index.html" xr:uid="{165D0706-ABEE-4257-8962-55B24D5C68F4}"/>
+    <hyperlink ref="A142" r:id="rId205" display="http://www.assnat.qc.ca/fr/deputes/kirkland-casgrain-claire-3799/index.html" xr:uid="{D5347976-07DC-42FC-B255-377CE8471D9E}"/>
     <hyperlink ref="A12" r:id="rId206" display="BACON, Lise " xr:uid="{14E816CF-5440-4046-B5F3-1FFB288BABC1}"/>
     <hyperlink ref="A5" r:id="rId207" display="http://www.assnat.qc.ca/fr/deputes/anglade-dominique-16499/index.html" xr:uid="{B0632623-D73C-41FD-88B4-767A0EB99EBB}"/>
-    <hyperlink ref="A82" r:id="rId208" xr:uid="{AC9D7477-A667-4DC9-8CBD-5E9A8538B3F0}"/>
-[...2 lines deleted...]
-    <hyperlink ref="A50" r:id="rId211" display="http://www.assnat.qc.ca/fr/deputes/charest-isabelle-17845/index.html" xr:uid="{D00DDDCA-50ED-40DE-9F77-4721F856D746}"/>
+    <hyperlink ref="A92" r:id="rId208" xr:uid="{AC9D7477-A667-4DC9-8CBD-5E9A8538B3F0}"/>
+    <hyperlink ref="A79" r:id="rId209" xr:uid="{C2C13E52-B58A-4D1A-9E28-3396F7F1E007}"/>
+    <hyperlink ref="A49" r:id="rId210" display="Champagne-Jourdain, Katéri" xr:uid="{FD1ADB0C-9A95-4CA7-8493-A1C9DFECA0AE}"/>
+    <hyperlink ref="A57" r:id="rId211" display="http://www.assnat.qc.ca/fr/deputes/charest-isabelle-17845/index.html" xr:uid="{D00DDDCA-50ED-40DE-9F77-4721F856D746}"/>
     <hyperlink ref="A23" r:id="rId212" xr:uid="{1357083E-A621-45D5-81C1-D72234EC8F47}"/>
-    <hyperlink ref="A211" r:id="rId213" display="http://www.assnat.qc.ca/fr/deputes/rouleau-chantal-17931/index.html" xr:uid="{D7C87EE2-DB2F-4CB0-808A-00D722549BFB}"/>
-[...9 lines deleted...]
-    <hyperlink ref="A143" r:id="rId223" display="http://www.assnat.qc.ca/fr/deputes/lebel-sonia-17847/index.html" xr:uid="{2E2F85BA-9657-4CF1-9355-48BF6D5FBA23}"/>
+    <hyperlink ref="A227" r:id="rId213" display="http://www.assnat.qc.ca/fr/deputes/rouleau-chantal-17931/index.html" xr:uid="{D7C87EE2-DB2F-4CB0-808A-00D722549BFB}"/>
+    <hyperlink ref="A230" r:id="rId214" xr:uid="{57A6BCE1-6CB7-45C3-9987-CE4F735CB111}"/>
+    <hyperlink ref="A90" r:id="rId215" xr:uid="{1350BC71-4103-43FC-B6B1-0AA06EA5FBF2}"/>
+    <hyperlink ref="A39" r:id="rId216" xr:uid="{08D94AF3-D264-4F47-B901-FCBEFC2A574B}"/>
+    <hyperlink ref="A31" r:id="rId217" xr:uid="{8E07C7AE-DA34-44D1-B20B-A25C587C9E05}"/>
+    <hyperlink ref="A32" r:id="rId218" xr:uid="{BD2EAF9F-276A-4C21-A8C3-3F7392994807}"/>
+    <hyperlink ref="A158" r:id="rId219" xr:uid="{6DD27234-6413-4144-BA21-C4B4894F4BC6}"/>
+    <hyperlink ref="A164" r:id="rId220" display="http://www.assnat.qc.ca/fr/deputes/lemieux-diane-4157/index.html" xr:uid="{0F0C1DCD-9105-437E-BFAD-76354E27C734}"/>
+    <hyperlink ref="A163" r:id="rId221" display="http://www.assnat.qc.ca/fr/deputes/lemieux-diane-4157/index.html" xr:uid="{4AEA49B0-0282-48EA-B260-7A908F6E151B}"/>
+    <hyperlink ref="A152" r:id="rId222" display="http://www.assnat.qc.ca/fr/deputes/lebel-sonia-17847/index.html" xr:uid="{E0B07B2B-1F5E-4BA9-87EF-B88EA7B45A96}"/>
+    <hyperlink ref="A154" r:id="rId223" display="http://www.assnat.qc.ca/fr/deputes/lebel-sonia-17847/index.html" xr:uid="{2E2F85BA-9657-4CF1-9355-48BF6D5FBA23}"/>
     <hyperlink ref="A25" r:id="rId224" xr:uid="{3B1A3905-AA6C-4B76-A890-D4324D43BC04}"/>
     <hyperlink ref="A24" r:id="rId225" xr:uid="{E289854E-8BDC-484B-BE3F-5CE53EED669C}"/>
-    <hyperlink ref="A83" r:id="rId226" xr:uid="{B02B47B6-7FD3-4E15-8858-2A0311F1B30F}"/>
-[...1 lines deleted...]
-    <hyperlink ref="A134" r:id="rId228" display="http://www.assnat.qc.ca/fr/deputes/laforest-andree-17913/index.html" xr:uid="{1B7F75E7-B20D-4330-9619-B952B5D83729}"/>
+    <hyperlink ref="A93" r:id="rId226" xr:uid="{B02B47B6-7FD3-4E15-8858-2A0311F1B30F}"/>
+    <hyperlink ref="A94" r:id="rId227" xr:uid="{CB7BFC00-637C-4D9E-A250-D7F46C07106C}"/>
+    <hyperlink ref="A145" r:id="rId228" display="http://www.assnat.qc.ca/fr/deputes/laforest-andree-17913/index.html" xr:uid="{1B7F75E7-B20D-4330-9619-B952B5D83729}"/>
+    <hyperlink ref="A26" r:id="rId229" xr:uid="{19038EC7-A88D-4E5B-9FF5-17204B6C0097}"/>
+    <hyperlink ref="A28" r:id="rId230" xr:uid="{D099DC24-6A86-4586-B6D2-54399B31B3FD}"/>
+    <hyperlink ref="A27" r:id="rId231" xr:uid="{3653A5E5-2A41-4A09-B682-397D835DE706}"/>
+    <hyperlink ref="A29" r:id="rId232" xr:uid="{A205652D-D2BE-4BC8-91EA-1716A90F7DCA}"/>
+    <hyperlink ref="A33" r:id="rId233" xr:uid="{575445E1-1FD1-446E-8380-1D227C246006}"/>
+    <hyperlink ref="A50" r:id="rId234" display="Champagne-Jourdain, Katéri" xr:uid="{4C6143B2-0115-48E6-AB20-6EDB2F97557D}"/>
+    <hyperlink ref="A80" r:id="rId235" xr:uid="{A1CF00DC-787C-42A4-B12F-1AFB0E6072FF}"/>
+    <hyperlink ref="A81" r:id="rId236" xr:uid="{9674B105-C987-4B06-A38A-E699C39B0E56}"/>
+    <hyperlink ref="A91" r:id="rId237" xr:uid="{292DD0B5-1073-489C-A6AE-96951BD8F2B6}"/>
+    <hyperlink ref="A155" r:id="rId238" display="http://www.assnat.qc.ca/fr/deputes/lebel-sonia-17847/index.html" xr:uid="{452DC88D-C943-4E4E-93B4-4786470F2560}"/>
+    <hyperlink ref="A213" r:id="rId239" display="http://www.assnat.qc.ca/fr/deputes/proulx-caroline-17837/index.html" xr:uid="{DE6597FB-5C5C-4B30-8ADC-CFDA7A0AA8ED}"/>
+    <hyperlink ref="A214" r:id="rId240" display="http://www.assnat.qc.ca/fr/deputes/proulx-caroline-17837/index.html" xr:uid="{D3FBF81F-2EB1-447D-B05D-798D1238F789}"/>
+    <hyperlink ref="A215" r:id="rId241" display="http://www.assnat.qc.ca/fr/deputes/proulx-caroline-17837/index.html" xr:uid="{F57F0750-12FB-4E01-BB32-0C015C394560}"/>
+    <hyperlink ref="A216" r:id="rId242" display="http://www.assnat.qc.ca/fr/deputes/proulx-caroline-17837/index.html" xr:uid="{5A31F038-31A2-47EF-8121-4709A0513136}"/>
+    <hyperlink ref="A30" r:id="rId243" xr:uid="{90875004-528C-4198-A4DA-505953A92BC5}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId229"/>
-  <drawing r:id="rId230"/>
+  <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId244"/>
+  <drawing r:id="rId245"/>
   <tableParts count="1">
-    <tablePart r:id="rId231"/>
+    <tablePart r:id="rId246"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100ECE9580C1D0B084F873123C424E583F8" ma:contentTypeVersion="44" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="81695ff9e38f84fd52ec462c06199830">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0683056e-20ca-4d1a-9994-38726de96c77" xmlns:ns3="818e2508-81bc-4771-91be-949b271fd80e" xmlns:ns4="49b9bb05-b2a5-4a3b-9d5c-fed2c03ccec1" xmlns:ns5="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xmlns:ns6="08bfab35-c0ae-4247-a240-43dcd2ac7a80" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ccc61326aa8f189bba48644dac00c426" ns2:_="" ns3:_="" ns4:_="" ns5:_="" ns6:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100ECE9580C1D0B084F873123C424E583F8" ma:contentTypeVersion="45" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="7ccd094687686ff24f1430df43ce589b">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0683056e-20ca-4d1a-9994-38726de96c77" xmlns:ns3="818e2508-81bc-4771-91be-949b271fd80e" xmlns:ns4="49b9bb05-b2a5-4a3b-9d5c-fed2c03ccec1" xmlns:ns5="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xmlns:ns6="08bfab35-c0ae-4247-a240-43dcd2ac7a80" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a79a7b3f5616315c3940529ef56b9008" ns2:_="" ns3:_="" ns4:_="" ns5:_="" ns6:_="">
     <xsd:import namespace="0683056e-20ca-4d1a-9994-38726de96c77"/>
     <xsd:import namespace="818e2508-81bc-4771-91be-949b271fd80e"/>
     <xsd:import namespace="49b9bb05-b2a5-4a3b-9d5c-fed2c03ccec1"/>
     <xsd:import namespace="f53a051f-3f64-47d6-8de1-6a03fdbf7d14"/>
     <xsd:import namespace="08bfab35-c0ae-4247-a240-43dcd2ac7a80"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Code_x0020_du_x0020_repertoire" minOccurs="0"/>
                 <xsd:element ref="ns2:Direction" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceKeyPoints" minOccurs="0"/>
@@ -7096,50 +7466,51 @@
                 <xsd:element ref="ns4:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns5:DocumentId" minOccurs="0"/>
                 <xsd:element ref="ns5:IntegrationStatus" minOccurs="0"/>
                 <xsd:element ref="ns5:UltimaId" minOccurs="0"/>
                 <xsd:element ref="ns5:ClassificationCode" minOccurs="0"/>
                 <xsd:element ref="ns5:ClassificationConfidentiality" minOccurs="0"/>
                 <xsd:element ref="ns5:ClassificationDescription" minOccurs="0"/>
                 <xsd:element ref="ns5:ClassificationId" minOccurs="0"/>
                 <xsd:element ref="ns5:ClassificationLevel" minOccurs="0"/>
                 <xsd:element ref="ns5:ClassificationTitle" minOccurs="0"/>
                 <xsd:element ref="ns5:ClassificationType" minOccurs="0"/>
                 <xsd:element ref="ns5:CopyType" minOccurs="0"/>
                 <xsd:element ref="ns5:DatasetId" minOccurs="0"/>
                 <xsd:element ref="ns5:DirectionQUSP" minOccurs="0"/>
                 <xsd:element ref="ns5:ErrorDetails" minOccurs="0"/>
                 <xsd:element ref="ns5:LifeCycleConfidentiality" minOccurs="0"/>
                 <xsd:element ref="ns5:CodeCR" minOccurs="0"/>
                 <xsd:element ref="ns5:PlannedDispositionCode" minOccurs="0"/>
                 <xsd:element ref="ns5:PlannedDispositionDate" minOccurs="0"/>
                 <xsd:element ref="ns5:RetentionRuleCode" minOccurs="0"/>
                 <xsd:element ref="ns6:RetentionRuleId" minOccurs="0"/>
                 <xsd:element ref="ns5:RetentionRuleTitle" minOccurs="0"/>
                 <xsd:element ref="ns5:StatusDesc" minOccurs="0"/>
                 <xsd:element ref="ns5:UnitId" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="0683056e-20ca-4d1a-9994-38726de96c77" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="Code_x0020_du_x0020_repertoire" ma:index="8" nillable="true" ma:displayName="Code du repertoire" ma:internalName="Code_x0020_du_x0020_repertoire">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Direction" ma:index="9" nillable="true" ma:displayName="Direction" ma:list="{35d096bf-50de-42b5-bc8c-eeed33589348}" ma:internalName="Direction" ma:showField="Title" ma:web="0683056e-20ca-4d1a-9994-38726de96c77">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Partagé avec" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
@@ -7251,50 +7622,55 @@
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="22" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="25" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Balises d’images" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="5713d6c2-d296-4b7b-baae-a9d2371d082a" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="27" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="28" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="52" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="DocumentId" ma:index="29" nillable="true" ma:displayName="No interne Document" ma:internalName="DocumentId">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="IntegrationStatus" ma:index="30" nillable="true" ma:displayName="État Intégration" ma:format="Dropdown" ma:indexed="true" ma:internalName="IntegrationStatus">
       <xsd:simpleType>
         <xsd:restriction base="dms:Choice">
           <xsd:enumeration value="retentionInfoApplied"/>
           <xsd:enumeration value="incompleteUpload"/>
           <xsd:enumeration value="errorUploading"/>
           <xsd:enumeration value="archivedInQoreUltima"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="UltimaId" ma:index="31" nillable="true" ma:displayName="No interne Dossier" ma:internalName="UltimaId">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
@@ -7395,51 +7771,51 @@
           <xsd:enumeration value="C"/>
           <xsd:enumeration value="T"/>
           <xsd:enumeration value="D"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="PlannedDispositionDate" ma:index="46" nillable="true" ma:displayName="Date disposition prévue" ma:format="DateOnly" ma:internalName="PlannedDispositionDate">
       <xsd:simpleType>
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="RetentionRuleCode" ma:index="47" nillable="true" ma:displayName="Numéro règle" ma:internalName="RetentionRuleCode">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="RetentionRuleTitle" ma:index="49" nillable="true" ma:displayName="Titre règle" ma:internalName="RetentionRuleTitle">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="StatusDesc" ma:index="50" nillable="true" ma:displayName="Statut" ma:internalName="StatusDesc">
+    <xsd:element name="StatusDesc" ma:index="50" nillable="true" ma:displayName="Statut" ma:indexed="true" ma:internalName="StatusDesc">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="UnitId" ma:index="51" nillable="true" ma:displayName="Unité Id" ma:internalName="UnitId">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="08bfab35-c0ae-4247-a240-43dcd2ac7a80" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="RetentionRuleId" ma:index="48" nillable="true" ma:displayName="Règle Id" ma:internalName="RetentionRuleId">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
@@ -7520,142 +7896,133 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <Code_x0020_du_x0020_repertoire xmlns="0683056e-20ca-4d1a-9994-38726de96c77">&lt;div class="ExternalClass621B414FA2F64ED2A556D667F9647720"&gt;2120&lt;/div&gt;</Code_x0020_du_x0020_repertoire>
+    <Code_x0020_du_x0020_repertoire xmlns="0683056e-20ca-4d1a-9994-38726de96c77">2120</Code_x0020_du_x0020_repertoire>
     <Direction xmlns="0683056e-20ca-4d1a-9994-38726de96c77">3</Direction>
     <Statut xmlns="0683056e-20ca-4d1a-9994-38726de96c77" xsi:nil="true"/>
     <TaxCatchAll xmlns="0683056e-20ca-4d1a-9994-38726de96c77" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="49b9bb05-b2a5-4a3b-9d5c-fed2c03ccec1">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <ClassificationId xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
     <PlannedDispositionDate xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
     <IntegrationStatus xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
     <ClassificationType xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
     <ClassificationCode xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14">01530</ClassificationCode>
     <DocumentId xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
     <ClassificationDescription xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
     <PlannedDispositionCode xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
     <ClassificationTitle xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
     <RetentionRuleId xmlns="08bfab35-c0ae-4247-a240-43dcd2ac7a80" xsi:nil="true"/>
     <DatasetId xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
     <UltimaId xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
     <LifeCycleConfidentiality xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
     <DirectionQUSP xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
     <RetentionRuleTitle xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
     <CopyType xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
     <CodeCR xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
     <ErrorDetails xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
     <UnitId xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
     <ClassificationConfidentiality xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
     <StatusDesc xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
     <ClassificationLevel xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
     <RetentionRuleCode xmlns="f53a051f-3f64-47d6-8de1-6a03fdbf7d14" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E0D1146F-5FED-44AF-90D2-A32584AEAC9B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C55F67DC-B186-474F-9166-7BA7E5CC9420}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0273C957-FA84-4738-AD8B-245F6C235F4D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="0683056e-20ca-4d1a-9994-38726de96c77"/>
     <ds:schemaRef ds:uri="818e2508-81bc-4771-91be-949b271fd80e"/>
     <ds:schemaRef ds:uri="49b9bb05-b2a5-4a3b-9d5c-fed2c03ccec1"/>
     <ds:schemaRef ds:uri="f53a051f-3f64-47d6-8de1-6a03fdbf7d14"/>
     <ds:schemaRef ds:uri="08bfab35-c0ae-4247-a240-43dcd2ac7a80"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EB0F9084-865A-4FE4-9ED4-684CA4B2CCF2}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="08bfab35-c0ae-4247-a240-43dcd2ac7a80"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="0683056e-20ca-4d1a-9994-38726de96c77"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="818e2508-81bc-4771-91be-949b271fd80e"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="f53a051f-3f64-47d6-8de1-6a03fdbf7d14"/>
+    <ds:schemaRef ds:uri="49b9bb05-b2a5-4a3b-9d5c-fed2c03ccec1"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...4 lines deleted...]
-    <ds:schemaRef ds:uri="08bfab35-c0ae-4247-a240-43dcd2ac7a80"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Feuil1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>